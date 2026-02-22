--- v0 (2025-11-28)
+++ v1 (2026-02-22)
@@ -12,89 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3584">
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>Town</t>
   </si>
   <si>
     <t>Fischhausstraße 15 a</t>
   </si>
   <si>
     <t>01099</t>
   </si>
   <si>
     <t>Dresden</t>
   </si>
   <si>
     <t>Radeburger Straße/Hellerhof</t>
   </si>
   <si>
     <t>01129</t>
   </si>
   <si>
     <t>Werftstraße 13</t>
   </si>
   <si>
     <t>01139</t>
   </si>
   <si>
     <t>Kötzschenbroder Str. 193</t>
   </si>
   <si>
     <t>Kötzschenbroder Str. 188</t>
   </si>
   <si>
-    <t>Hamburger Straße 88 c</t>
+    <t>Meißner Landstraße 2</t>
   </si>
   <si>
     <t>01157</t>
   </si>
   <si>
     <t>Bergstr. 121</t>
   </si>
   <si>
     <t>01217</t>
   </si>
   <si>
     <t>Straße des 17. Juni 9</t>
   </si>
   <si>
     <t>01257</t>
   </si>
   <si>
     <t>Österreicher Straße 64</t>
   </si>
   <si>
     <t>01279</t>
   </si>
   <si>
     <t>Bautzner Landstraße 246</t>
   </si>
@@ -1316,53 +1316,50 @@
   <si>
     <t>Schöneberger Straße 19-20</t>
   </si>
   <si>
     <t>Mariendorfer Damm 195</t>
   </si>
   <si>
     <t>Hauptstraße 86</t>
   </si>
   <si>
     <t>Schlossstraße 63-64</t>
   </si>
   <si>
     <t>Drakestraße 26a</t>
   </si>
   <si>
     <t>Kaiser-Wilhelm-Straße 117</t>
   </si>
   <si>
     <t>Britzer Damm 202-204</t>
   </si>
   <si>
     <t>Neuköllner Straße 219</t>
   </si>
   <si>
-    <t>Neukoellner Str. 250-256</t>
-[...1 lines deleted...]
-  <si>
     <t>Köpenicker Landstr. 294,</t>
   </si>
   <si>
     <t>Schnellerstraße 20</t>
   </si>
   <si>
     <t>An der Wuhlheide 240-242</t>
   </si>
   <si>
     <t>Adlergestell 748</t>
   </si>
   <si>
     <t>Schützenstraße 11</t>
   </si>
   <si>
     <t>Schönefeld</t>
   </si>
   <si>
     <t>Zeppelinstraße 2</t>
   </si>
   <si>
     <t>Märkische Allee 248</t>
   </si>
   <si>
     <t>Märkische Allee 155</t>
@@ -1703,56 +1700,50 @@
   <si>
     <t>BAB24 Nordseite</t>
   </si>
   <si>
     <t>Linum</t>
   </si>
   <si>
     <t>BAB24 Südseite</t>
   </si>
   <si>
     <t>Pritzwalker Straße</t>
   </si>
   <si>
     <t>Wittstock</t>
   </si>
   <si>
     <t>Neustrelitzer Straße 118</t>
   </si>
   <si>
     <t>Neubrandenburg</t>
   </si>
   <si>
     <t>Woldegker Straße 39</t>
   </si>
   <si>
-    <t>Neubrandenburger Str. 10</t>
-[...4 lines deleted...]
-  <si>
     <t>Poststrasse 21</t>
   </si>
   <si>
     <t>Malchin</t>
   </si>
   <si>
     <t>Poggestraße 17</t>
   </si>
   <si>
     <t>Teterow</t>
   </si>
   <si>
     <t>Rostocker Straße 15</t>
   </si>
   <si>
     <t>Malchow</t>
   </si>
   <si>
     <t>Hohenzieritzer Straße 34</t>
   </si>
   <si>
     <t>Neustrelitz</t>
   </si>
   <si>
     <t>Lychener Straße 15</t>
@@ -1844,74 +1835,74 @@
   <si>
     <t>Stralsunder Chaussee 23</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Güstrower Straße 32</t>
   </si>
   <si>
     <t>Schwerin</t>
   </si>
   <si>
     <t>Wittenburger Straße 121</t>
   </si>
   <si>
     <t>Graf-York-Straße 23</t>
   </si>
   <si>
     <t>Am Grünen Tal 10</t>
   </si>
   <si>
     <t>An der Crivitzer Chaussee</t>
   </si>
   <si>
+    <t>Ratzeburger Chaussee 3</t>
+  </si>
+  <si>
+    <t>Gadebusch</t>
+  </si>
+  <si>
+    <t>Hauptstraße 41</t>
+  </si>
+  <si>
+    <t>Bandenitz</t>
+  </si>
+  <si>
+    <t>Rudolf-Diesel-Straße 02</t>
+  </si>
+  <si>
+    <t>Wittenburg</t>
+  </si>
+  <si>
     <t>Ahornstraße 1</t>
   </si>
   <si>
     <t>Rastow</t>
   </si>
   <si>
-    <t>Ratzeburger Chaussee 3</t>
-[...16 lines deleted...]
-  <si>
     <t>Ludwigsluster Chaussee 24</t>
   </si>
   <si>
     <t>Parchim</t>
   </si>
   <si>
     <t>Plauer Chaussee 18</t>
   </si>
   <si>
     <t>Lübz</t>
   </si>
   <si>
     <t>Spaldingstraße 107</t>
   </si>
   <si>
     <t>Hamburg</t>
   </si>
   <si>
     <t>Amsinckstraße 48</t>
   </si>
   <si>
     <t>Bundesstraße 38</t>
   </si>
   <si>
     <t>Hoheluftchaussee 78</t>
@@ -2165,53 +2156,50 @@
   <si>
     <t>Ahrensburg</t>
   </si>
   <si>
     <t>Sieker Landstraße 235</t>
   </si>
   <si>
     <t>Großhansdorf</t>
   </si>
   <si>
     <t>Hamburger Straße 35</t>
   </si>
   <si>
     <t>Bargteheide</t>
   </si>
   <si>
     <t>Fackenburger Allee 20</t>
   </si>
   <si>
     <t>Lübeck</t>
   </si>
   <si>
     <t>Krempelsdorfer Allee 63</t>
   </si>
   <si>
-    <t>Ratzeburger Allee 116</t>
-[...1 lines deleted...]
-  <si>
     <t>Gneversdorfer Weg 12-14</t>
   </si>
   <si>
     <t>Bgm.-Steenbock-Str. 39</t>
   </si>
   <si>
     <t>Eutin</t>
   </si>
   <si>
     <t>Ploener Landstraße 7</t>
   </si>
   <si>
     <t>Dieselstraße 1</t>
   </si>
   <si>
     <t>Lensahn</t>
   </si>
   <si>
     <t>An der E 47 -Landseite-</t>
   </si>
   <si>
     <t>Großenbrode</t>
   </si>
   <si>
     <t>An der E 47 -Seeseite-</t>
@@ -2453,56 +2441,50 @@
   <si>
     <t>Oesterstraße 92</t>
   </si>
   <si>
     <t>Meldorf</t>
   </si>
   <si>
     <t>Meldorfer Straße 24</t>
   </si>
   <si>
     <t>Marne</t>
   </si>
   <si>
     <t>Schuelperstraße 27</t>
   </si>
   <si>
     <t>Wesselburen</t>
   </si>
   <si>
     <t>Flensburger Chaussee 44</t>
   </si>
   <si>
     <t>Husum</t>
   </si>
   <si>
-    <t>Wittenduener Allee 11</t>
-[...4 lines deleted...]
-  <si>
     <t>An der B5 3</t>
   </si>
   <si>
     <t>Risum-Lindholm</t>
   </si>
   <si>
     <t>Mittelweg 3</t>
   </si>
   <si>
     <t>Sylt</t>
   </si>
   <si>
     <t>Alexanderstraße 202</t>
   </si>
   <si>
     <t>Oldenburg</t>
   </si>
   <si>
     <t>Prinzessinweg  2</t>
   </si>
   <si>
     <t>Nadorster Straße 288</t>
   </si>
   <si>
     <t>Hundsmühler Straße 86</t>
@@ -3473,56 +3455,50 @@
   <si>
     <t>Edermünde</t>
   </si>
   <si>
     <t>BAB 49/Westseite</t>
   </si>
   <si>
     <t>Grifter Straße 2</t>
   </si>
   <si>
     <t>Guxhagen</t>
   </si>
   <si>
     <t>Hedemündener Straße 10</t>
   </si>
   <si>
     <t>Hann. Münden</t>
   </si>
   <si>
     <t>Kleine Eichen 1 a</t>
   </si>
   <si>
     <t>Staufenberg</t>
   </si>
   <si>
-    <t>GREBENSTEINER STRAßE</t>
-[...4 lines deleted...]
-  <si>
     <t>Bremer Straße 34</t>
   </si>
   <si>
     <t>Trendelburg</t>
   </si>
   <si>
     <t>Paderborner Tor 180/B 7</t>
   </si>
   <si>
     <t>Warburg</t>
   </si>
   <si>
     <t>Bredelarer Straße 50</t>
   </si>
   <si>
     <t>Marsberg</t>
   </si>
   <si>
     <t>Korbacherstraße 2</t>
   </si>
   <si>
     <t>Bad Arolsen</t>
   </si>
   <si>
     <t>Ippinghäuser Straße 10</t>
@@ -3869,59 +3845,56 @@
   <si>
     <t>Osterode</t>
   </si>
   <si>
     <t>Barumstrasse 1 A</t>
   </si>
   <si>
     <t>Einbeck</t>
   </si>
   <si>
     <t>Echte</t>
   </si>
   <si>
     <t>Allersheimer Straße 66</t>
   </si>
   <si>
     <t>Holzminden</t>
   </si>
   <si>
     <t>Albaxer Straße 63</t>
   </si>
   <si>
     <t>Höxter</t>
   </si>
   <si>
-    <t>Bültenweg 40</t>
+    <t>Bevenroder Straße 24</t>
   </si>
   <si>
     <t>Braunschweig</t>
   </si>
   <si>
-    <t>Bevenroder Straße 24</t>
-[...1 lines deleted...]
-  <si>
     <t>Hansestraße 47 A</t>
   </si>
   <si>
     <t>Hildesheimer Straße 32</t>
   </si>
   <si>
     <t>Sackring 8</t>
   </si>
   <si>
     <t>Wolfenbütteler Straße 51</t>
   </si>
   <si>
     <t>Salzdahlumer Straße 188</t>
   </si>
   <si>
     <t>Am Mühlenhop  1</t>
   </si>
   <si>
     <t>Königslutter</t>
   </si>
   <si>
     <t>Berliner Straße 48</t>
   </si>
   <si>
     <t>Lehre</t>
@@ -4016,51 +3989,51 @@
   <si>
     <t>Hildesheimer Straße 18</t>
   </si>
   <si>
     <t>Robert-Koch-Straße 1</t>
   </si>
   <si>
     <t>Dr.-Heinrich-Jasper-Straße 48</t>
   </si>
   <si>
     <t>Bad Harzburg</t>
   </si>
   <si>
     <t>Goslarsche Straße 64</t>
   </si>
   <si>
     <t>Clausthal-Zellerfeld</t>
   </si>
   <si>
     <t>Wolfshagener Straße 2a</t>
   </si>
   <si>
     <t>Langelsheim</t>
   </si>
   <si>
-    <t>Bahnhofstrasse 1</t>
+    <t>Bahnhofstrasse 1a</t>
   </si>
   <si>
     <t>Braunlage</t>
   </si>
   <si>
     <t>Seesen</t>
   </si>
   <si>
     <t>Sternstraße 10</t>
   </si>
   <si>
     <t>Halberstadt</t>
   </si>
   <si>
     <t>Magdeburger Chaussee 7 A</t>
   </si>
   <si>
     <t>Lüttgenröder Straße 1</t>
   </si>
   <si>
     <t>Osterwieck</t>
   </si>
   <si>
     <t>Dornbergsweg 49</t>
   </si>
@@ -4211,53 +4184,50 @@
   <si>
     <t>Ahnfeldstraße 60</t>
   </si>
   <si>
     <t>Brehmstraße 90</t>
   </si>
   <si>
     <t>Freiligrathplatz 32</t>
   </si>
   <si>
     <t>Luetticher Straße 108</t>
   </si>
   <si>
     <t>Luetticher Straße 100</t>
   </si>
   <si>
     <t>Pariser Straße 82</t>
   </si>
   <si>
     <t>Münchener Straße 300 / It</t>
   </si>
   <si>
     <t>Frankfurter Straße 323</t>
   </si>
   <si>
-    <t>Nürnberger Straße 33</t>
-[...1 lines deleted...]
-  <si>
     <t>Gerresheimer Landstr. 67</t>
   </si>
   <si>
     <t>In den Kötten 9</t>
   </si>
   <si>
     <t>Bergische Landstraße 605</t>
   </si>
   <si>
     <t>Haaner Straße 77</t>
   </si>
   <si>
     <t>Erkrath</t>
   </si>
   <si>
     <t>Gerresheimer Straße 122</t>
   </si>
   <si>
     <t>Hilden</t>
   </si>
   <si>
     <t>Hardt 76</t>
   </si>
   <si>
     <t>Langenfeld</t>
@@ -4601,83 +4571,68 @@
   <si>
     <t>Wittener Straße 95</t>
   </si>
   <si>
     <t>Castrop-Rauxel</t>
   </si>
   <si>
     <t>Hölkeskampring 109</t>
   </si>
   <si>
     <t>Herne</t>
   </si>
   <si>
     <t>Holsterhauser Straße 301</t>
   </si>
   <si>
     <t>Wittener Straße 66</t>
   </si>
   <si>
     <t>Bochum</t>
   </si>
   <si>
     <t>Königsallee 142</t>
   </si>
   <si>
-    <t>Castroper Straße 190</t>
-[...4 lines deleted...]
-  <si>
     <t>Alleestraße 79</t>
   </si>
   <si>
     <t>Hattinger Straße 451</t>
   </si>
   <si>
-    <t>Rombacher Hütte 6-10</t>
-[...4 lines deleted...]
-  <si>
     <t>Castroper Hellweg 111</t>
   </si>
   <si>
     <t>Herner Straße 403</t>
   </si>
   <si>
     <t>Dorstener Straße  84</t>
   </si>
   <si>
     <t>Herner Straße 256</t>
   </si>
   <si>
-    <t>Bochumer Straße 6</t>
-[...1 lines deleted...]
-  <si>
     <t>Berliner Straße 96</t>
   </si>
   <si>
     <t>Lütgendortmunder Hellweg 200/a.d A40</t>
   </si>
   <si>
     <t>HAUPTSTRAßE 100</t>
   </si>
   <si>
     <t>Alfredstraße 121</t>
   </si>
   <si>
     <t>Essen</t>
   </si>
   <si>
     <t>Alfredstraße 156-160</t>
   </si>
   <si>
     <t>Rellinghauser Straße 312</t>
   </si>
   <si>
     <t>Steeler Straße 281</t>
   </si>
   <si>
     <t>Burggrafenstraße</t>
@@ -4745,53 +4700,50 @@
   <si>
     <t>Grossenbaumer Straße 67</t>
   </si>
   <si>
     <t>Bochumer Straße 4</t>
   </si>
   <si>
     <t>Sprockhövel</t>
   </si>
   <si>
     <t>Wittener Straße 68</t>
   </si>
   <si>
     <t>Halterner Straße 17</t>
   </si>
   <si>
     <t>Recklinghausen</t>
   </si>
   <si>
     <t>Friedrich-Ebert-Straße 14</t>
   </si>
   <si>
     <t>Bochumer Straße 173</t>
   </si>
   <si>
-    <t>Dortmunder Straße 20</t>
-[...1 lines deleted...]
-  <si>
     <t>Im Emscherbruch 10</t>
   </si>
   <si>
     <t>Herten</t>
   </si>
   <si>
     <t>Kaiserstraße 145</t>
   </si>
   <si>
     <t>Südring 285</t>
   </si>
   <si>
     <t>Datteln</t>
   </si>
   <si>
     <t>Weseler Straße 90</t>
   </si>
   <si>
     <t>Haltern</t>
   </si>
   <si>
     <t>Dorstener Straße 666</t>
   </si>
   <si>
     <t>Haltern am See</t>
@@ -5921,53 +5873,50 @@
   <si>
     <t>Lütticher Str. 1</t>
   </si>
   <si>
     <t>Moselstraße 2</t>
   </si>
   <si>
     <t>Frauenberger Straße 168</t>
   </si>
   <si>
     <t>Euskirchen</t>
   </si>
   <si>
     <t>Kölner Straße 177</t>
   </si>
   <si>
     <t>Geierstraße 55</t>
   </si>
   <si>
     <t>Heerstraße 88</t>
   </si>
   <si>
     <t>Mechernich</t>
   </si>
   <si>
-    <t>Monzenbend 8</t>
-[...1 lines deleted...]
-  <si>
     <t>Wingert 43</t>
   </si>
   <si>
     <t>Römerallee 78</t>
   </si>
   <si>
     <t>Zülpich</t>
   </si>
   <si>
     <t>Bonner Str. 49</t>
   </si>
   <si>
     <t>Weilerswist</t>
   </si>
   <si>
     <t>Bonner Straße 70a</t>
   </si>
   <si>
     <t>Kölner Straße 13</t>
   </si>
   <si>
     <t>Schleiden</t>
   </si>
   <si>
     <t>Mülheimer Heide 1</t>
@@ -6560,80 +6509,71 @@
   <si>
     <t>Eilper Straße 40</t>
   </si>
   <si>
     <t>Profilstr. 7</t>
   </si>
   <si>
     <t>Eppenhauser Straße 134</t>
   </si>
   <si>
     <t>Hagener Straße 121</t>
   </si>
   <si>
     <t>Hohenlimburger Straße 191</t>
   </si>
   <si>
     <t>Elseyer Straße 43</t>
   </si>
   <si>
     <t>Hörder Straße 89</t>
   </si>
   <si>
     <t>Schwerte</t>
   </si>
   <si>
-    <t>Lichtendorfer Straße 136</t>
-[...1 lines deleted...]
-  <si>
     <t>Neustraße 19</t>
   </si>
   <si>
     <t>Ennepetal</t>
   </si>
   <si>
     <t>Herdecker Bach 37 A</t>
   </si>
   <si>
     <t>Herdecke</t>
   </si>
   <si>
     <t>Barmer Straße 44</t>
   </si>
   <si>
     <t>Schwelm</t>
   </si>
   <si>
     <t>Talstraße 10</t>
   </si>
   <si>
-    <t>Frankfurter Straße 22</t>
-[...4 lines deleted...]
-  <si>
     <t>Brauckstraße 41</t>
   </si>
   <si>
     <t>Witten</t>
   </si>
   <si>
     <t>Sprockhöveler Straße 147</t>
   </si>
   <si>
     <t>Sprockhoeveler Straße 1</t>
   </si>
   <si>
     <t>Wittener Straße 71</t>
   </si>
   <si>
     <t>Im Hammertal 1</t>
   </si>
   <si>
     <t>Heedfelder Straße 92</t>
   </si>
   <si>
     <t>Lüdenscheid</t>
   </si>
   <si>
     <t>Werdohler Landstraße 4</t>
@@ -6725,56 +6665,50 @@
   <si>
     <t>Hellweg 34 A</t>
   </si>
   <si>
     <t>Bergkamen</t>
   </si>
   <si>
     <t>Beckumer Straße 109</t>
   </si>
   <si>
     <t>Ahlen</t>
   </si>
   <si>
     <t>Neubeckumer Straße 72</t>
   </si>
   <si>
     <t>Beckum</t>
   </si>
   <si>
     <t>Berliner Ring 21</t>
   </si>
   <si>
     <t>Oelde</t>
   </si>
   <si>
-    <t>Lippstädter Straße 23</t>
-[...4 lines deleted...]
-  <si>
     <t>Wolfsberger Straße 39</t>
   </si>
   <si>
     <t>Lüdinghausen</t>
   </si>
   <si>
     <t>Lünener Straße 31</t>
   </si>
   <si>
     <t>Werne</t>
   </si>
   <si>
     <t>Werner Straße 25</t>
   </si>
   <si>
     <t>Ascheberg</t>
   </si>
   <si>
     <t>Steinfurter Straße 72</t>
   </si>
   <si>
     <t>Lüdinghauserstr 60</t>
   </si>
   <si>
     <t>Nordkirchen</t>
@@ -7103,51 +7037,51 @@
   <si>
     <t>Hauptstraße 10</t>
   </si>
   <si>
     <t>Bruchköbel</t>
   </si>
   <si>
     <t>Frankfurter Straße 102 A</t>
   </si>
   <si>
     <t>Seligenstadt</t>
   </si>
   <si>
     <t>Gelnhäuser Straße 17</t>
   </si>
   <si>
     <t>Langenselbold</t>
   </si>
   <si>
     <t>Lindenstraße 33</t>
   </si>
   <si>
     <t>Großkrotzenburg</t>
   </si>
   <si>
-    <t>Am Lachbach 1</t>
+    <t>Am Lachbach 1 + 3</t>
   </si>
   <si>
     <t>Hammersbach</t>
   </si>
   <si>
     <t>Gelnhäuser Straße 1</t>
   </si>
   <si>
     <t>Gelnhausen</t>
   </si>
   <si>
     <t>Frankfurter Straße</t>
   </si>
   <si>
     <t>Bad Orb</t>
   </si>
   <si>
     <t>Raun 112</t>
   </si>
   <si>
     <t>Nidda</t>
   </si>
   <si>
     <t>Vogelsbergstraße,</t>
   </si>
@@ -7286,51 +7220,51 @@
   <si>
     <t>Darmstädter Straße122</t>
   </si>
   <si>
     <t>Weiterstadt</t>
   </si>
   <si>
     <t>Feldstraße 2</t>
   </si>
   <si>
     <t>Griesheim</t>
   </si>
   <si>
     <t>Odenwaldstraße 13</t>
   </si>
   <si>
     <t>Mühltal</t>
   </si>
   <si>
     <t>Siegfriedstraße 64</t>
   </si>
   <si>
     <t>Reichelsheim</t>
   </si>
   <si>
-    <t>Bahnhofstraße 80</t>
+    <t>Bahnhofstraße 84</t>
   </si>
   <si>
     <t>Groß-Bieberau</t>
   </si>
   <si>
     <t>Lichtenberger Straße 66</t>
   </si>
   <si>
     <t>Oppenheimer Str. 7</t>
   </si>
   <si>
     <t>Groß-Gerau</t>
   </si>
   <si>
     <t>Mörfelden</t>
   </si>
   <si>
     <t>Mainzer Straße 116a</t>
   </si>
   <si>
     <t>Büttelborn</t>
   </si>
   <si>
     <t>Amperestraße 1</t>
   </si>
@@ -8069,56 +8003,50 @@
   <si>
     <t>Neues Sträßel 4</t>
   </si>
   <si>
     <t>Wiesloch</t>
   </si>
   <si>
     <t>Römerstraße 1</t>
   </si>
   <si>
     <t>Schriesheim</t>
   </si>
   <si>
     <t>Heidelberger Straße 9</t>
   </si>
   <si>
     <t>Sandhausen</t>
   </si>
   <si>
     <t>Hauptstraße 166</t>
   </si>
   <si>
     <t>Mühlhausen</t>
   </si>
   <si>
-    <t>Neckarsteinacher Str. 42</t>
-[...4 lines deleted...]
-  <si>
     <t>Bahnhofstraße 7</t>
   </si>
   <si>
     <t>Mudau</t>
   </si>
   <si>
     <t>Mannheimerstraße 77</t>
   </si>
   <si>
     <t>Weinheim</t>
   </si>
   <si>
     <t>Ludwigstraße 21-25</t>
   </si>
   <si>
     <t>Wald-Michelbach</t>
   </si>
   <si>
     <t>Hauptstraße 46-48</t>
   </si>
   <si>
     <t>Birkenau</t>
   </si>
   <si>
     <t>Cannstatter Straße 46</t>
@@ -8132,53 +8060,50 @@
   <si>
     <t>Waiblinger Straße 23-25</t>
   </si>
   <si>
     <t>Schmidener Straße 257</t>
   </si>
   <si>
     <t>Pragstraße 138 A</t>
   </si>
   <si>
     <t>Wiener Straße 39</t>
   </si>
   <si>
     <t>Heilbronner Straße 289</t>
   </si>
   <si>
     <t>Wiener Straße 129</t>
   </si>
   <si>
     <t>Motorstr. 21</t>
   </si>
   <si>
     <t>Hauptstr. 156</t>
   </si>
   <si>
-    <t>Robert-Koch-Straße 64</t>
-[...1 lines deleted...]
-  <si>
     <t>Plieninger Straße 96</t>
   </si>
   <si>
     <t>Kirchheimer Straße 108</t>
   </si>
   <si>
     <t>Hauptstraße 159</t>
   </si>
   <si>
     <t>Leinfelden-Echterdin</t>
   </si>
   <si>
     <t>Hohenheimer Straße 49</t>
   </si>
   <si>
     <t>Filderstadt</t>
   </si>
   <si>
     <t>Rosensteinstraße 1</t>
   </si>
   <si>
     <t>Kornwestheim</t>
   </si>
   <si>
     <t>Heinrich-Lanz-Straße 1</t>
@@ -8354,59 +8279,62 @@
   <si>
     <t>Stuttgarter Straße 30</t>
   </si>
   <si>
     <t>Sulz</t>
   </si>
   <si>
     <t>Haiterbacher Straße 24-26</t>
   </si>
   <si>
     <t>Nagold</t>
   </si>
   <si>
     <t>Wilhelm-Kraut-Straße111</t>
   </si>
   <si>
     <t>Balingen</t>
   </si>
   <si>
     <t>Dormettinger Straße 13</t>
   </si>
   <si>
     <t>Dotternhausen</t>
   </si>
   <si>
+    <t>Holger-Crafoord-Straße 1</t>
+  </si>
+  <si>
+    <t>Hechingen</t>
+  </si>
+  <si>
     <t>Talheimer Straße 21</t>
   </si>
   <si>
     <t>Burladingen - Melchi</t>
   </si>
   <si>
-    <t>Bahnhofstraße 84</t>
-[...1 lines deleted...]
-  <si>
     <t>Bodelshausen</t>
   </si>
   <si>
     <t>Berliner Straße 55</t>
   </si>
   <si>
     <t>Albstadt</t>
   </si>
   <si>
     <t>Messkircher Straße 2a</t>
   </si>
   <si>
     <t>Sigmaringen</t>
   </si>
   <si>
     <t>Sigmaringer Straße 40</t>
   </si>
   <si>
     <t>Gammertingen</t>
   </si>
   <si>
     <t>Robert-Bosch-Straße 9-11</t>
   </si>
   <si>
     <t>Nürtingen</t>
@@ -8606,51 +8534,51 @@
   <si>
     <t>Neuenstädter Straße 96</t>
   </si>
   <si>
     <t>Talgraben 1</t>
   </si>
   <si>
     <t>Untergruppenbach</t>
   </si>
   <si>
     <t>Entenstraße 18</t>
   </si>
   <si>
     <t>Züttlinger Straße 5</t>
   </si>
   <si>
     <t>Möckmühl</t>
   </si>
   <si>
     <t>Haller Straße 18</t>
   </si>
   <si>
     <t>Ellhofen</t>
   </si>
   <si>
-    <t>Löchgauer Straße 77-79</t>
+    <t>Löchgauer Straße 77</t>
   </si>
   <si>
     <t>Bietigheim-Bissingen</t>
   </si>
   <si>
     <t>Ludwigsburger Straße 15</t>
   </si>
   <si>
     <t>Sachsenheim</t>
   </si>
   <si>
     <t>Stuttgarter Straße 75</t>
   </si>
   <si>
     <t>Lauffen</t>
   </si>
   <si>
     <t>Kiesstraße 4-6</t>
   </si>
   <si>
     <t>Hauptstraße 60</t>
   </si>
   <si>
     <t>Ilsfeld</t>
   </si>
@@ -9236,53 +9164,50 @@
   <si>
     <t>Plinganser Str. 70</t>
   </si>
   <si>
     <t>Waldwiesenstraße 31</t>
   </si>
   <si>
     <t>Garmischer Straße 197</t>
   </si>
   <si>
     <t>Boschetsrieder Straße 127</t>
   </si>
   <si>
     <t>Tegernseer Landstraße 174</t>
   </si>
   <si>
     <t>Grünwalder Straße 175 C</t>
   </si>
   <si>
     <t>Rosenheimer Straße 138</t>
   </si>
   <si>
     <t>Berg-am-Laim-Straße 60</t>
   </si>
   <si>
-    <t>Richard Strauss-Straße 70</t>
-[...1 lines deleted...]
-  <si>
     <t>Heinrich-Wieland-Straße 2</t>
   </si>
   <si>
     <t>Wasserburger Landstr. 51</t>
   </si>
   <si>
     <t>Riemer Straße 360</t>
   </si>
   <si>
     <t>Otto-Perutz-Straße 1-3</t>
   </si>
   <si>
     <t>Freischützstraße 4</t>
   </si>
   <si>
     <t>Münchener Straße 13</t>
   </si>
   <si>
     <t>Sauerlach</t>
   </si>
   <si>
     <t>Forstenrieder Straße 26</t>
   </si>
   <si>
     <t>Neuried</t>
@@ -10319,63 +10244,54 @@
   <si>
     <t>Amberg</t>
   </si>
   <si>
     <t>Nürnberger Straße2</t>
   </si>
   <si>
     <t>Illschwang</t>
   </si>
   <si>
     <t>Amberger Straße 18</t>
   </si>
   <si>
     <t>Neumarkt</t>
   </si>
   <si>
     <t>Dietfurt</t>
   </si>
   <si>
     <t>Amberger Straße 31</t>
   </si>
   <si>
     <t>Schwarzenfeld</t>
   </si>
   <si>
-    <t>Nürnbergerstraße 35</t>
-[...4 lines deleted...]
-  <si>
     <t>Tirschenreuther Straße 20</t>
   </si>
   <si>
     <t>Erbendorf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Puricellistraße 3</t>
   </si>
   <si>
     <t>Regensburg</t>
   </si>
   <si>
     <t>Kirchmeierstraße 20</t>
   </si>
   <si>
     <t>Max-Planck-Straße 8</t>
   </si>
   <si>
     <t>Gleiwitzer Straße 8</t>
   </si>
   <si>
     <t>Neutraubling</t>
   </si>
   <si>
     <t>Gewerbepark B 3</t>
   </si>
   <si>
     <t>Wörth an der Donau</t>
   </si>
   <si>
     <t>Chamer Straße 52</t>
   </si>
@@ -11213,51 +11129,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2199"/>
+  <dimension ref="A1:C2178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
@@ -13288,22175 +13204,21944 @@
         <v>432</v>
       </c>
       <c r="B186">
         <v>12347</v>
       </c>
       <c r="C186" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
         <v>433</v>
       </c>
       <c r="B187">
         <v>12357</v>
       </c>
       <c r="C187" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
         <v>434</v>
       </c>
       <c r="B188">
-        <v>12357</v>
+        <v>12437</v>
       </c>
       <c r="C188" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
         <v>435</v>
       </c>
       <c r="B189">
-        <v>12437</v>
+        <v>12439</v>
       </c>
       <c r="C189" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
         <v>436</v>
       </c>
       <c r="B190">
-        <v>12439</v>
+        <v>12459</v>
       </c>
       <c r="C190" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
         <v>437</v>
       </c>
       <c r="B191">
-        <v>12459</v>
+        <v>12527</v>
       </c>
       <c r="C191" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>438</v>
       </c>
       <c r="B192">
-        <v>12527</v>
+        <v>12529</v>
       </c>
       <c r="C192" t="s">
-        <v>410</v>
+        <v>439</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B193">
         <v>12529</v>
       </c>
       <c r="C193" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>441</v>
       </c>
       <c r="B194">
-        <v>12529</v>
+        <v>12679</v>
       </c>
       <c r="C194" t="s">
-        <v>440</v>
+        <v>410</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>442</v>
       </c>
       <c r="B195">
-        <v>12679</v>
+        <v>12681</v>
       </c>
       <c r="C195" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>443</v>
       </c>
       <c r="B196">
-        <v>12681</v>
+        <v>12683</v>
       </c>
       <c r="C196" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>444</v>
       </c>
       <c r="B197">
-        <v>12683</v>
+        <v>13127</v>
       </c>
       <c r="C197" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
         <v>445</v>
       </c>
       <c r="B198">
-        <v>13127</v>
+        <v>13187</v>
       </c>
       <c r="C198" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>446</v>
       </c>
       <c r="B199">
-        <v>13187</v>
+        <v>13353</v>
       </c>
       <c r="C199" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>447</v>
       </c>
       <c r="B200">
-        <v>13353</v>
+        <v>13355</v>
       </c>
       <c r="C200" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
         <v>448</v>
       </c>
       <c r="B201">
-        <v>13355</v>
+        <v>13405</v>
       </c>
       <c r="C201" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
         <v>449</v>
       </c>
       <c r="B202">
-        <v>13405</v>
+        <v>13407</v>
       </c>
       <c r="C202" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>450</v>
       </c>
       <c r="B203">
-        <v>13407</v>
+        <v>13409</v>
       </c>
       <c r="C203" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>451</v>
       </c>
       <c r="B204">
-        <v>13409</v>
+        <v>13507</v>
       </c>
       <c r="C204" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
         <v>452</v>
       </c>
       <c r="B205">
         <v>13507</v>
       </c>
       <c r="C205" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>453</v>
       </c>
       <c r="B206">
-        <v>13507</v>
+        <v>13585</v>
       </c>
       <c r="C206" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>454</v>
       </c>
       <c r="B207">
-        <v>13585</v>
+        <v>13593</v>
       </c>
       <c r="C207" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
         <v>455</v>
       </c>
       <c r="B208">
-        <v>13593</v>
+        <v>13599</v>
       </c>
       <c r="C208" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>456</v>
       </c>
       <c r="B209">
-        <v>13599</v>
+        <v>14052</v>
       </c>
       <c r="C209" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>457</v>
       </c>
       <c r="B210">
-        <v>14052</v>
+        <v>14055</v>
       </c>
       <c r="C210" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
         <v>458</v>
       </c>
       <c r="B211">
-        <v>14055</v>
+        <v>14057</v>
       </c>
       <c r="C211" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>459</v>
       </c>
       <c r="B212">
-        <v>14057</v>
+        <v>14109</v>
       </c>
       <c r="C212" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>460</v>
       </c>
       <c r="B213">
-        <v>14109</v>
+        <v>14163</v>
       </c>
       <c r="C213" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>461</v>
       </c>
       <c r="B214">
-        <v>14163</v>
+        <v>14197</v>
       </c>
       <c r="C214" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>462</v>
       </c>
       <c r="B215">
-        <v>14197</v>
+        <v>14199</v>
       </c>
       <c r="C215" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>463</v>
       </c>
       <c r="B216">
-        <v>14199</v>
+        <v>14469</v>
       </c>
       <c r="C216" t="s">
-        <v>410</v>
+        <v>464</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
+        <v>465</v>
+      </c>
+      <c r="B217">
+        <v>14478</v>
+      </c>
+      <c r="C217" t="s">
         <v>464</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
         <v>466</v>
       </c>
       <c r="B218">
-        <v>14478</v>
+        <v>14480</v>
       </c>
       <c r="C218" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
         <v>467</v>
       </c>
       <c r="B219">
-        <v>14480</v>
+        <v>14482</v>
       </c>
       <c r="C219" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>468</v>
       </c>
       <c r="B220">
-        <v>14482</v>
+        <v>14542</v>
       </c>
       <c r="C220" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B221">
-        <v>14542</v>
+        <v>14558</v>
       </c>
       <c r="C221" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B222">
-        <v>14558</v>
+        <v>14612</v>
       </c>
       <c r="C222" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B223">
-        <v>14612</v>
+        <v>14641</v>
       </c>
       <c r="C223" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B224">
         <v>14641</v>
       </c>
       <c r="C224" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B225">
         <v>14641</v>
       </c>
       <c r="C225" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>479</v>
       </c>
       <c r="B226">
-        <v>14641</v>
+        <v>14712</v>
       </c>
       <c r="C226" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B227">
-        <v>14712</v>
+        <v>14772</v>
       </c>
       <c r="C227" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
+        <v>483</v>
+      </c>
+      <c r="B228">
+        <v>14776</v>
+      </c>
+      <c r="C228" t="s">
         <v>482</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>484</v>
       </c>
       <c r="B229">
-        <v>14776</v>
+        <v>14778</v>
       </c>
       <c r="C229" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B230">
-        <v>14778</v>
+        <v>14806</v>
       </c>
       <c r="C230" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B231">
-        <v>14806</v>
+        <v>14913</v>
       </c>
       <c r="C231" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B232">
-        <v>14913</v>
+        <v>14979</v>
       </c>
       <c r="C232" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B233">
-        <v>14979</v>
+        <v>15234</v>
       </c>
       <c r="C233" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B234">
-        <v>15234</v>
+        <v>15299</v>
       </c>
       <c r="C234" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B235">
-        <v>15299</v>
+        <v>15344</v>
       </c>
       <c r="C235" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B236">
-        <v>15344</v>
+        <v>15366</v>
       </c>
       <c r="C236" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B237">
-        <v>15366</v>
+        <v>15370</v>
       </c>
       <c r="C237" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B238">
-        <v>15370</v>
+        <v>15517</v>
       </c>
       <c r="C238" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B239">
         <v>15517</v>
       </c>
       <c r="C239" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
         <v>505</v>
       </c>
       <c r="B240">
-        <v>15517</v>
+        <v>15537</v>
       </c>
       <c r="C240" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B241">
-        <v>15537</v>
+        <v>15562</v>
       </c>
       <c r="C241" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B242">
-        <v>15562</v>
+        <v>15711</v>
       </c>
       <c r="C242" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
+        <v>511</v>
+      </c>
+      <c r="B243">
+        <v>15713</v>
+      </c>
+      <c r="C243" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
         <v>512</v>
       </c>
       <c r="B244">
-        <v>15713</v>
+        <v>15749</v>
       </c>
       <c r="C244" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B245">
         <v>15749</v>
       </c>
       <c r="C245" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>515</v>
       </c>
       <c r="B246">
-        <v>15749</v>
+        <v>15806</v>
       </c>
       <c r="C246" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B247">
         <v>15806</v>
       </c>
       <c r="C247" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B248">
-        <v>15806</v>
+        <v>15831</v>
       </c>
       <c r="C248" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B249">
         <v>15831</v>
       </c>
       <c r="C249" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B250">
-        <v>15831</v>
+        <v>15859</v>
       </c>
       <c r="C250" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B251">
-        <v>15859</v>
+        <v>15890</v>
       </c>
       <c r="C251" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B252">
-        <v>15890</v>
+        <v>15907</v>
       </c>
       <c r="C252" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B253">
-        <v>15907</v>
+        <v>15926</v>
       </c>
       <c r="C253" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B254">
         <v>15926</v>
       </c>
       <c r="C254" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
         <v>532</v>
       </c>
       <c r="B255">
-        <v>15926</v>
+        <v>16244</v>
       </c>
       <c r="C255" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B256">
-        <v>16244</v>
+        <v>16303</v>
       </c>
       <c r="C256" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B257">
-        <v>16303</v>
+        <v>16321</v>
       </c>
       <c r="C257" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B258">
-        <v>16321</v>
+        <v>16348</v>
       </c>
       <c r="C258" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B259">
-        <v>16348</v>
+        <v>16356</v>
       </c>
       <c r="C259" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B260">
         <v>16356</v>
       </c>
       <c r="C260" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B261">
         <v>16356</v>
       </c>
       <c r="C261" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B262">
-        <v>16356</v>
+        <v>16515</v>
       </c>
       <c r="C262" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B263">
-        <v>16515</v>
+        <v>16548</v>
       </c>
       <c r="C263" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B264">
-        <v>16548</v>
+        <v>16567</v>
       </c>
       <c r="C264" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B265">
-        <v>16567</v>
+        <v>16792</v>
       </c>
       <c r="C265" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B266">
-        <v>16792</v>
+        <v>16833</v>
       </c>
       <c r="C266" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B267">
         <v>16833</v>
       </c>
       <c r="C267" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
         <v>557</v>
       </c>
       <c r="B268">
-        <v>16833</v>
+        <v>16909</v>
       </c>
       <c r="C268" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B269">
-        <v>16909</v>
+        <v>17033</v>
       </c>
       <c r="C269" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
+        <v>561</v>
+      </c>
+      <c r="B270">
+        <v>17036</v>
+      </c>
+      <c r="C270" t="s">
         <v>560</v>
-      </c>
-[...4 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
         <v>562</v>
       </c>
       <c r="B271">
-        <v>17036</v>
+        <v>17139</v>
       </c>
       <c r="C271" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B272">
-        <v>17098</v>
+        <v>17166</v>
       </c>
       <c r="C272" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B273">
-        <v>17139</v>
+        <v>17213</v>
       </c>
       <c r="C273" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B274">
-        <v>17166</v>
+        <v>17235</v>
       </c>
       <c r="C274" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B275">
-        <v>17213</v>
+        <v>17268</v>
       </c>
       <c r="C275" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B276">
-        <v>17235</v>
+        <v>17389</v>
       </c>
       <c r="C276" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B277">
-        <v>17268</v>
+        <v>17489</v>
       </c>
       <c r="C277" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B278">
-        <v>17389</v>
+        <v>18055</v>
       </c>
       <c r="C278" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
+        <v>578</v>
+      </c>
+      <c r="B279">
+        <v>18119</v>
+      </c>
+      <c r="C279" t="s">
         <v>577</v>
-      </c>
-[...4 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
         <v>579</v>
       </c>
       <c r="B280">
-        <v>18055</v>
+        <v>18146</v>
       </c>
       <c r="C280" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="B281">
-        <v>18119</v>
+        <v>18147</v>
       </c>
       <c r="C281" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
+        <v>581</v>
+      </c>
+      <c r="B282">
+        <v>18196</v>
+      </c>
+      <c r="C282" t="s">
         <v>582</v>
-      </c>
-[...4 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>583</v>
       </c>
       <c r="B283">
-        <v>18147</v>
+        <v>18225</v>
       </c>
       <c r="C283" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B284">
-        <v>18196</v>
+        <v>18233</v>
       </c>
       <c r="C284" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B285">
-        <v>18225</v>
+        <v>18273</v>
       </c>
       <c r="C285" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
+        <v>589</v>
+      </c>
+      <c r="B286">
+        <v>18273</v>
+      </c>
+      <c r="C286" t="s">
         <v>588</v>
-      </c>
-[...4 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>590</v>
       </c>
       <c r="B287">
-        <v>18273</v>
+        <v>18276</v>
       </c>
       <c r="C287" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>592</v>
       </c>
       <c r="B288">
-        <v>18273</v>
+        <v>18276</v>
       </c>
       <c r="C288" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>593</v>
       </c>
       <c r="B289">
-        <v>18276</v>
+        <v>18311</v>
       </c>
       <c r="C289" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
         <v>595</v>
       </c>
       <c r="B290">
-        <v>18276</v>
+        <v>18439</v>
       </c>
       <c r="C290" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B291">
-        <v>18311</v>
+        <v>18507</v>
       </c>
       <c r="C291" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B292">
-        <v>18439</v>
+        <v>18528</v>
       </c>
       <c r="C292" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B293">
-        <v>18507</v>
+        <v>19055</v>
       </c>
       <c r="C293" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
+        <v>603</v>
+      </c>
+      <c r="B294">
+        <v>19059</v>
+      </c>
+      <c r="C294" t="s">
         <v>602</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
         <v>604</v>
       </c>
       <c r="B295">
-        <v>19055</v>
+        <v>19061</v>
       </c>
       <c r="C295" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B296">
-        <v>19059</v>
+        <v>19063</v>
       </c>
       <c r="C296" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="B297">
-        <v>19061</v>
+        <v>19063</v>
       </c>
       <c r="C297" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
+        <v>607</v>
+      </c>
+      <c r="B298">
+        <v>19205</v>
+      </c>
+      <c r="C298" t="s">
         <v>608</v>
-      </c>
-[...4 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
         <v>609</v>
       </c>
       <c r="B299">
-        <v>19063</v>
+        <v>19230</v>
       </c>
       <c r="C299" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B300">
-        <v>19077</v>
+        <v>19243</v>
       </c>
       <c r="C300" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B301">
-        <v>19205</v>
+        <v>19288</v>
       </c>
       <c r="C301" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B302">
-        <v>19230</v>
+        <v>19370</v>
       </c>
       <c r="C302" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B303">
-        <v>19243</v>
+        <v>19386</v>
       </c>
       <c r="C303" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B304">
-        <v>19370</v>
+        <v>20097</v>
       </c>
       <c r="C304" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
+        <v>621</v>
+      </c>
+      <c r="B305">
+        <v>20097</v>
+      </c>
+      <c r="C305" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
         <v>622</v>
       </c>
       <c r="B306">
-        <v>20097</v>
+        <v>20146</v>
       </c>
       <c r="C306" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="B307">
-        <v>20097</v>
+        <v>20253</v>
       </c>
       <c r="C307" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="B308">
-        <v>20146</v>
+        <v>20535</v>
       </c>
       <c r="C308" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="B309">
-        <v>20253</v>
+        <v>20537</v>
       </c>
       <c r="C309" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="B310">
-        <v>20535</v>
+        <v>20539</v>
       </c>
       <c r="C310" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="B311">
-        <v>20537</v>
+        <v>20539</v>
       </c>
       <c r="C311" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="B312">
-        <v>20539</v>
+        <v>21029</v>
       </c>
       <c r="C312" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="B313">
-        <v>20539</v>
+        <v>21035</v>
       </c>
       <c r="C313" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="B314">
-        <v>21029</v>
+        <v>21035</v>
       </c>
       <c r="C314" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="B315">
-        <v>21035</v>
+        <v>21075</v>
       </c>
       <c r="C315" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="B316">
-        <v>21035</v>
+        <v>21077</v>
       </c>
       <c r="C316" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="B317">
-        <v>21075</v>
+        <v>21077</v>
       </c>
       <c r="C317" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="B318">
-        <v>21077</v>
+        <v>21107</v>
       </c>
       <c r="C318" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="B319">
-        <v>21077</v>
+        <v>21109</v>
       </c>
       <c r="C319" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="B320">
-        <v>21107</v>
+        <v>21129</v>
       </c>
       <c r="C320" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
+        <v>637</v>
+      </c>
+      <c r="B321">
+        <v>21218</v>
+      </c>
+      <c r="C321" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
         <v>639</v>
       </c>
       <c r="B322">
-        <v>21129</v>
+        <v>21220</v>
       </c>
       <c r="C322" t="s">
-        <v>623</v>
+        <v>638</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
         <v>640</v>
       </c>
       <c r="B323">
-        <v>21218</v>
+        <v>21244</v>
       </c>
       <c r="C323" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
         <v>642</v>
       </c>
       <c r="B324">
-        <v>21220</v>
+        <v>21255</v>
       </c>
       <c r="C324" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B325">
-        <v>21244</v>
+        <v>21272</v>
       </c>
       <c r="C325" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B326">
-        <v>21255</v>
+        <v>21335</v>
       </c>
       <c r="C326" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
+        <v>648</v>
+      </c>
+      <c r="B327">
+        <v>21335</v>
+      </c>
+      <c r="C327" t="s">
         <v>647</v>
-      </c>
-[...4 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
         <v>649</v>
       </c>
       <c r="B328">
-        <v>21335</v>
+        <v>21337</v>
       </c>
       <c r="C328" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="B329">
-        <v>21335</v>
+        <v>21337</v>
       </c>
       <c r="C329" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="B330">
-        <v>21337</v>
+        <v>21339</v>
       </c>
       <c r="C330" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
+        <v>652</v>
+      </c>
+      <c r="B331">
+        <v>21354</v>
+      </c>
+      <c r="C331" t="s">
         <v>653</v>
-      </c>
-[...4 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
         <v>654</v>
       </c>
       <c r="B332">
-        <v>21339</v>
+        <v>21423</v>
       </c>
       <c r="C332" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B333">
-        <v>21354</v>
+        <v>21465</v>
       </c>
       <c r="C333" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B334">
-        <v>21423</v>
+        <v>21481</v>
       </c>
       <c r="C334" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B335">
-        <v>21465</v>
+        <v>21493</v>
       </c>
       <c r="C335" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B336">
-        <v>21481</v>
+        <v>21502</v>
       </c>
       <c r="C336" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
+        <v>664</v>
+      </c>
+      <c r="B337">
+        <v>21502</v>
+      </c>
+      <c r="C337" t="s">
         <v>663</v>
-      </c>
-[...4 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
         <v>665</v>
       </c>
       <c r="B338">
-        <v>21502</v>
+        <v>21521</v>
       </c>
       <c r="C338" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
         <v>667</v>
       </c>
       <c r="B339">
-        <v>21502</v>
+        <v>21706</v>
       </c>
       <c r="C339" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B340">
-        <v>21521</v>
+        <v>21709</v>
       </c>
       <c r="C340" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B341">
-        <v>21706</v>
+        <v>22043</v>
       </c>
       <c r="C341" t="s">
-        <v>671</v>
+        <v>620</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
         <v>672</v>
       </c>
       <c r="B342">
-        <v>21709</v>
+        <v>22049</v>
       </c>
       <c r="C342" t="s">
-        <v>673</v>
+        <v>620</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="B343">
-        <v>22043</v>
+        <v>22081</v>
       </c>
       <c r="C343" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="B344">
-        <v>22049</v>
+        <v>22085</v>
       </c>
       <c r="C344" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="B345">
-        <v>22081</v>
+        <v>22119</v>
       </c>
       <c r="C345" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="B346">
-        <v>22085</v>
+        <v>22143</v>
       </c>
       <c r="C346" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="B347">
-        <v>22119</v>
+        <v>22143</v>
       </c>
       <c r="C347" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="B348">
-        <v>22143</v>
+        <v>22149</v>
       </c>
       <c r="C348" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="B349">
-        <v>22143</v>
+        <v>22177</v>
       </c>
       <c r="C349" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="B350">
-        <v>22149</v>
+        <v>22305</v>
       </c>
       <c r="C350" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="B351">
-        <v>22177</v>
+        <v>22305</v>
       </c>
       <c r="C351" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="B352">
-        <v>22305</v>
+        <v>22335</v>
       </c>
       <c r="C352" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="B353">
-        <v>22305</v>
+        <v>22339</v>
       </c>
       <c r="C353" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="B354">
-        <v>22335</v>
+        <v>22393</v>
       </c>
       <c r="C354" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="B355">
-        <v>22339</v>
+        <v>22399</v>
       </c>
       <c r="C355" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="B356">
-        <v>22393</v>
+        <v>22453</v>
       </c>
       <c r="C356" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="B357">
-        <v>22399</v>
+        <v>22457</v>
       </c>
       <c r="C357" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="B358">
-        <v>22453</v>
+        <v>22457</v>
       </c>
       <c r="C358" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="B359">
-        <v>22457</v>
+        <v>22523</v>
       </c>
       <c r="C359" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="B360">
-        <v>22457</v>
+        <v>22525</v>
       </c>
       <c r="C360" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="B361">
-        <v>22523</v>
+        <v>22525</v>
       </c>
       <c r="C361" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="B362">
         <v>22525</v>
       </c>
       <c r="C362" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="B363">
-        <v>22525</v>
+        <v>22529</v>
       </c>
       <c r="C363" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="B364">
-        <v>22525</v>
+        <v>22589</v>
       </c>
       <c r="C364" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="B365">
-        <v>22529</v>
+        <v>22761</v>
       </c>
       <c r="C365" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="B366">
-        <v>22589</v>
+        <v>22767</v>
       </c>
       <c r="C366" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
+        <v>697</v>
+      </c>
+      <c r="B367">
+        <v>22844</v>
+      </c>
+      <c r="C367" t="s">
         <v>698</v>
-      </c>
-[...4 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
         <v>699</v>
       </c>
       <c r="B368">
-        <v>22767</v>
+        <v>22848</v>
       </c>
       <c r="C368" t="s">
-        <v>623</v>
+        <v>698</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
         <v>700</v>
       </c>
       <c r="B369">
-        <v>22844</v>
+        <v>22848</v>
       </c>
       <c r="C369" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
+        <v>701</v>
+      </c>
+      <c r="B370">
+        <v>22880</v>
+      </c>
+      <c r="C370" t="s">
         <v>702</v>
-      </c>
-[...4 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
         <v>703</v>
       </c>
       <c r="B371">
-        <v>22848</v>
+        <v>22885</v>
       </c>
       <c r="C371" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B372">
-        <v>22880</v>
+        <v>22926</v>
       </c>
       <c r="C372" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B373">
-        <v>22885</v>
+        <v>22927</v>
       </c>
       <c r="C373" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B374">
-        <v>22926</v>
+        <v>22941</v>
       </c>
       <c r="C374" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B375">
-        <v>22927</v>
+        <v>23554</v>
       </c>
       <c r="C375" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
+        <v>713</v>
+      </c>
+      <c r="B376">
+        <v>23556</v>
+      </c>
+      <c r="C376" t="s">
         <v>712</v>
-      </c>
-[...4 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
         <v>714</v>
       </c>
       <c r="B377">
-        <v>23554</v>
+        <v>23570</v>
       </c>
       <c r="C377" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
+        <v>715</v>
+      </c>
+      <c r="B378">
+        <v>23701</v>
+      </c>
+      <c r="C378" t="s">
         <v>716</v>
-      </c>
-[...4 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
         <v>717</v>
       </c>
       <c r="B379">
-        <v>23562</v>
+        <v>23701</v>
       </c>
       <c r="C379" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
         <v>718</v>
       </c>
       <c r="B380">
-        <v>23570</v>
+        <v>23738</v>
       </c>
       <c r="C380" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B381">
-        <v>23701</v>
+        <v>23775</v>
       </c>
       <c r="C381" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
+        <v>722</v>
+      </c>
+      <c r="B382">
+        <v>23775</v>
+      </c>
+      <c r="C382" t="s">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B383">
-        <v>23738</v>
+        <v>23795</v>
       </c>
       <c r="C383" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B384">
-        <v>23775</v>
+        <v>23795</v>
       </c>
       <c r="C384" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B385">
-        <v>23775</v>
+        <v>23826</v>
       </c>
       <c r="C385" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B386">
-        <v>23795</v>
+        <v>23843</v>
       </c>
       <c r="C386" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B387">
-        <v>23795</v>
+        <v>23858</v>
       </c>
       <c r="C387" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B388">
-        <v>23826</v>
+        <v>23866</v>
       </c>
       <c r="C388" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B389">
-        <v>23843</v>
+        <v>23879</v>
       </c>
       <c r="C389" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B390">
-        <v>23858</v>
+        <v>23909</v>
       </c>
       <c r="C390" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B391">
-        <v>23866</v>
+        <v>23966</v>
       </c>
       <c r="C391" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B392">
-        <v>23879</v>
+        <v>23992</v>
       </c>
       <c r="C392" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B393">
-        <v>23909</v>
+        <v>23992</v>
       </c>
       <c r="C393" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B394">
-        <v>23966</v>
+        <v>24109</v>
       </c>
       <c r="C394" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B395">
-        <v>23992</v>
+        <v>24113</v>
       </c>
       <c r="C395" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B396">
-        <v>23992</v>
+        <v>24113</v>
       </c>
       <c r="C396" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B397">
-        <v>24109</v>
+        <v>24143</v>
       </c>
       <c r="C397" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
         <v>750</v>
       </c>
       <c r="B398">
-        <v>24113</v>
+        <v>24143</v>
       </c>
       <c r="C398" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="B399">
-        <v>24113</v>
+        <v>24148</v>
       </c>
       <c r="C399" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
+        <v>752</v>
+      </c>
+      <c r="B400">
+        <v>24159</v>
+      </c>
+      <c r="C400" t="s">
         <v>753</v>
-      </c>
-[...4 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
         <v>754</v>
       </c>
       <c r="B401">
-        <v>24143</v>
+        <v>24232</v>
       </c>
       <c r="C401" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B402">
-        <v>24148</v>
+        <v>24306</v>
       </c>
       <c r="C402" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B403">
-        <v>24159</v>
+        <v>24340</v>
       </c>
       <c r="C403" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B404">
-        <v>24232</v>
+        <v>24376</v>
       </c>
       <c r="C404" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B405">
-        <v>24306</v>
+        <v>24534</v>
       </c>
       <c r="C405" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B406">
-        <v>24340</v>
+        <v>24539</v>
       </c>
       <c r="C406" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B407">
-        <v>24376</v>
+        <v>24558</v>
       </c>
       <c r="C407" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
+        <v>767</v>
+      </c>
+      <c r="B408">
+        <v>24558</v>
+      </c>
+      <c r="C408" t="s">
         <v>766</v>
-      </c>
-[...4 lines deleted...]
-        <v>767</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
         <v>768</v>
       </c>
       <c r="B409">
-        <v>24539</v>
+        <v>24568</v>
       </c>
       <c r="C409" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B410">
-        <v>24558</v>
+        <v>24589</v>
       </c>
       <c r="C410" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B411">
-        <v>24558</v>
+        <v>24768</v>
       </c>
       <c r="C411" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>772</v>
+        <v>633</v>
       </c>
       <c r="B412">
-        <v>24568</v>
+        <v>24791</v>
       </c>
       <c r="C412" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B413">
-        <v>24589</v>
+        <v>24850</v>
       </c>
       <c r="C413" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B414">
-        <v>24768</v>
+        <v>24941</v>
       </c>
       <c r="C414" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>636</v>
+        <v>779</v>
       </c>
       <c r="B415">
-        <v>24791</v>
+        <v>24943</v>
       </c>
       <c r="C415" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B416">
-        <v>24850</v>
+        <v>24980</v>
       </c>
       <c r="C416" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B417">
-        <v>24941</v>
+        <v>25335</v>
       </c>
       <c r="C417" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
+        <v>784</v>
+      </c>
+      <c r="B418">
+        <v>25337</v>
+      </c>
+      <c r="C418" t="s">
         <v>783</v>
-      </c>
-[...4 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B419">
-        <v>24980</v>
+        <v>25348</v>
       </c>
       <c r="C419" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B420">
-        <v>25335</v>
+        <v>25355</v>
       </c>
       <c r="C420" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B421">
-        <v>25337</v>
+        <v>25436</v>
       </c>
       <c r="C421" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="B422">
-        <v>25348</v>
+        <v>25462</v>
       </c>
       <c r="C422" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B423">
-        <v>25355</v>
+        <v>25524</v>
       </c>
       <c r="C423" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B424">
-        <v>25436</v>
+        <v>25524</v>
       </c>
       <c r="C424" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B425">
-        <v>25462</v>
+        <v>25541</v>
       </c>
       <c r="C425" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B426">
-        <v>25524</v>
+        <v>25560</v>
       </c>
       <c r="C426" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B427">
-        <v>25524</v>
+        <v>25704</v>
       </c>
       <c r="C427" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B428">
-        <v>25541</v>
+        <v>25709</v>
       </c>
       <c r="C428" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B429">
-        <v>25560</v>
+        <v>25764</v>
       </c>
       <c r="C429" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B430">
-        <v>25704</v>
+        <v>25813</v>
       </c>
       <c r="C430" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B431">
-        <v>25709</v>
+        <v>25920</v>
       </c>
       <c r="C431" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B432">
-        <v>25764</v>
+        <v>25980</v>
       </c>
       <c r="C432" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B433">
-        <v>25813</v>
+        <v>26121</v>
       </c>
       <c r="C433" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B434">
-        <v>25826</v>
+        <v>26122</v>
       </c>
       <c r="C434" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B435">
-        <v>25920</v>
+        <v>26125</v>
       </c>
       <c r="C435" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
         <v>817</v>
       </c>
       <c r="B436">
-        <v>25980</v>
+        <v>26131</v>
       </c>
       <c r="C436" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="B437">
-        <v>26121</v>
+        <v>26135</v>
       </c>
       <c r="C437" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="B438">
-        <v>26122</v>
+        <v>26160</v>
       </c>
       <c r="C438" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
+        <v>821</v>
+      </c>
+      <c r="B439">
+        <v>26203</v>
+      </c>
+      <c r="C439" t="s">
         <v>822</v>
-      </c>
-[...4 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
         <v>823</v>
       </c>
       <c r="B440">
-        <v>26131</v>
+        <v>26203</v>
       </c>
       <c r="C440" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
         <v>824</v>
       </c>
       <c r="B441">
-        <v>26135</v>
+        <v>26203</v>
       </c>
       <c r="C441" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
         <v>825</v>
       </c>
       <c r="B442">
-        <v>26160</v>
+        <v>26382</v>
       </c>
       <c r="C442" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
         <v>827</v>
       </c>
       <c r="B443">
-        <v>26203</v>
+        <v>26384</v>
       </c>
       <c r="C443" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="B444">
-        <v>26203</v>
+        <v>26389</v>
       </c>
       <c r="C444" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
+        <v>829</v>
+      </c>
+      <c r="B445">
+        <v>26409</v>
+      </c>
+      <c r="C445" t="s">
         <v>830</v>
-      </c>
-[...4 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
         <v>831</v>
       </c>
       <c r="B446">
-        <v>26382</v>
+        <v>26441</v>
       </c>
       <c r="C446" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
         <v>833</v>
       </c>
       <c r="B447">
-        <v>26384</v>
+        <v>26506</v>
       </c>
       <c r="C447" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B448">
-        <v>26389</v>
+        <v>26603</v>
       </c>
       <c r="C448" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B449">
-        <v>26409</v>
+        <v>26607</v>
       </c>
       <c r="C449" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B450">
-        <v>26441</v>
+        <v>26629</v>
       </c>
       <c r="C450" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B451">
-        <v>26506</v>
+        <v>26639</v>
       </c>
       <c r="C451" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
+        <v>842</v>
+      </c>
+      <c r="B452">
+        <v>26639</v>
+      </c>
+      <c r="C452" t="s">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
         <v>843</v>
       </c>
       <c r="B453">
-        <v>26607</v>
+        <v>26655</v>
       </c>
       <c r="C453" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
+        <v>843</v>
+      </c>
+      <c r="B454">
+        <v>26655</v>
+      </c>
+      <c r="C454" t="s">
         <v>844</v>
-      </c>
-[...4 lines deleted...]
-        <v>845</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
+        <v>845</v>
+      </c>
+      <c r="B455">
+        <v>26670</v>
+      </c>
+      <c r="C455" t="s">
         <v>846</v>
-      </c>
-[...4 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
+        <v>847</v>
+      </c>
+      <c r="B456">
+        <v>26670</v>
+      </c>
+      <c r="C456" t="s">
         <v>848</v>
-      </c>
-[...4 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
         <v>849</v>
       </c>
       <c r="B457">
-        <v>26655</v>
+        <v>26721</v>
       </c>
       <c r="C457" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B458">
-        <v>26655</v>
+        <v>26736</v>
       </c>
       <c r="C458" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="B459">
-        <v>26670</v>
+        <v>26789</v>
       </c>
       <c r="C459" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B460">
-        <v>26670</v>
+        <v>26802</v>
       </c>
       <c r="C460" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B461">
-        <v>26721</v>
+        <v>26835</v>
       </c>
       <c r="C461" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="B462">
-        <v>26736</v>
+        <v>26842</v>
       </c>
       <c r="C462" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="B463">
-        <v>26789</v>
+        <v>26892</v>
       </c>
       <c r="C463" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B464">
-        <v>26802</v>
+        <v>26931</v>
       </c>
       <c r="C464" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B465">
-        <v>26835</v>
+        <v>26935</v>
       </c>
       <c r="C465" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="B466">
-        <v>26842</v>
+        <v>26954</v>
       </c>
       <c r="C466" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B467">
-        <v>26892</v>
+        <v>27283</v>
       </c>
       <c r="C467" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="B468">
-        <v>26931</v>
+        <v>27299</v>
       </c>
       <c r="C468" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="B469">
-        <v>26935</v>
+        <v>27318</v>
       </c>
       <c r="C469" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="B470">
-        <v>26954</v>
+        <v>27356</v>
       </c>
       <c r="C470" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B471">
-        <v>27283</v>
+        <v>27367</v>
       </c>
       <c r="C471" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="B472">
-        <v>27299</v>
+        <v>27367</v>
       </c>
       <c r="C472" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B473">
-        <v>27318</v>
+        <v>27367</v>
       </c>
       <c r="C473" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
         <v>881</v>
       </c>
       <c r="B474">
-        <v>27356</v>
+        <v>27383</v>
       </c>
       <c r="C474" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
         <v>883</v>
       </c>
       <c r="B475">
-        <v>27367</v>
+        <v>27404</v>
       </c>
       <c r="C475" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
         <v>885</v>
       </c>
       <c r="B476">
-        <v>27367</v>
+        <v>27412</v>
       </c>
       <c r="C476" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B477">
-        <v>27367</v>
+        <v>27419</v>
       </c>
       <c r="C477" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="B478">
-        <v>27383</v>
+        <v>27442</v>
       </c>
       <c r="C478" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="B479">
-        <v>27404</v>
+        <v>27472</v>
       </c>
       <c r="C479" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B480">
-        <v>27412</v>
+        <v>27568</v>
       </c>
       <c r="C480" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="B481">
-        <v>27419</v>
+        <v>27572</v>
       </c>
       <c r="C481" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B482">
-        <v>27442</v>
+        <v>27574</v>
       </c>
       <c r="C482" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
         <v>897</v>
       </c>
       <c r="B483">
-        <v>27472</v>
+        <v>27576</v>
       </c>
       <c r="C483" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="B484">
-        <v>27568</v>
+        <v>27578</v>
       </c>
       <c r="C484" t="s">
-        <v>900</v>
+        <v>894</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="B485">
-        <v>27572</v>
+        <v>27580</v>
       </c>
       <c r="C485" t="s">
-        <v>900</v>
+        <v>894</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B486">
-        <v>27574</v>
+        <v>27624</v>
       </c>
       <c r="C486" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
+        <v>902</v>
+      </c>
+      <c r="B487">
+        <v>27711</v>
+      </c>
+      <c r="C487" t="s">
         <v>903</v>
-      </c>
-[...4 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
         <v>904</v>
       </c>
       <c r="B488">
-        <v>27578</v>
+        <v>27711</v>
       </c>
       <c r="C488" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
         <v>905</v>
       </c>
       <c r="B489">
-        <v>27580</v>
+        <v>27753</v>
       </c>
       <c r="C489" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
+        <v>907</v>
+      </c>
+      <c r="B490">
+        <v>27755</v>
+      </c>
+      <c r="C490" t="s">
         <v>906</v>
-      </c>
-[...4 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
         <v>908</v>
       </c>
       <c r="B491">
-        <v>27711</v>
+        <v>27798</v>
       </c>
       <c r="C491" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
         <v>910</v>
       </c>
       <c r="B492">
-        <v>27711</v>
+        <v>27801</v>
       </c>
       <c r="C492" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B493">
-        <v>27753</v>
+        <v>28197</v>
       </c>
       <c r="C493" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
+        <v>912</v>
+      </c>
+      <c r="B494">
+        <v>28197</v>
+      </c>
+      <c r="C494" t="s">
         <v>913</v>
-      </c>
-[...4 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
         <v>914</v>
       </c>
       <c r="B495">
-        <v>27798</v>
+        <v>28205</v>
       </c>
       <c r="C495" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="B496">
-        <v>27801</v>
+        <v>28219</v>
       </c>
       <c r="C496" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="B497">
-        <v>28197</v>
+        <v>28237</v>
       </c>
       <c r="C497" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="B498">
-        <v>28197</v>
+        <v>28239</v>
       </c>
       <c r="C498" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="B499">
-        <v>28205</v>
+        <v>28259</v>
       </c>
       <c r="C499" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B500">
-        <v>28219</v>
+        <v>28259</v>
       </c>
       <c r="C500" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B501">
-        <v>28237</v>
+        <v>28307</v>
       </c>
       <c r="C501" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="B502">
-        <v>28239</v>
+        <v>28309</v>
       </c>
       <c r="C502" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B503">
-        <v>28259</v>
+        <v>28309</v>
       </c>
       <c r="C503" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="B504">
-        <v>28259</v>
+        <v>28329</v>
       </c>
       <c r="C504" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B505">
-        <v>28307</v>
+        <v>28357</v>
       </c>
       <c r="C505" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="B506">
-        <v>28309</v>
+        <v>28717</v>
       </c>
       <c r="C506" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="B507">
-        <v>28309</v>
+        <v>28816</v>
       </c>
       <c r="C507" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="B508">
-        <v>28329</v>
+        <v>28816</v>
       </c>
       <c r="C508" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="B509">
-        <v>28357</v>
+        <v>28816</v>
       </c>
       <c r="C509" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
+        <v>930</v>
+      </c>
+      <c r="B510">
+        <v>28832</v>
+      </c>
+      <c r="C510" t="s">
         <v>931</v>
-      </c>
-[...4 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
         <v>932</v>
       </c>
       <c r="B511">
-        <v>28816</v>
+        <v>28844</v>
       </c>
       <c r="C511" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
         <v>934</v>
       </c>
       <c r="B512">
-        <v>28816</v>
+        <v>29223</v>
       </c>
       <c r="C512" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
+        <v>936</v>
+      </c>
+      <c r="B513">
+        <v>29225</v>
+      </c>
+      <c r="C513" t="s">
         <v>935</v>
-      </c>
-[...4 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B514">
-        <v>28832</v>
+        <v>29227</v>
       </c>
       <c r="C514" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
         <v>938</v>
       </c>
       <c r="B515">
-        <v>28844</v>
+        <v>29227</v>
       </c>
       <c r="C515" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="B516">
-        <v>29223</v>
+        <v>29308</v>
       </c>
       <c r="C516" t="s">
-        <v>941</v>
+        <v>655</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="B517">
-        <v>29225</v>
+        <v>29339</v>
       </c>
       <c r="C517" t="s">
         <v>941</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
+        <v>942</v>
+      </c>
+      <c r="B518">
+        <v>29410</v>
+      </c>
+      <c r="C518" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
         <v>944</v>
       </c>
       <c r="B519">
-        <v>29227</v>
+        <v>29525</v>
       </c>
       <c r="C519" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
+        <v>946</v>
+      </c>
+      <c r="B520">
+        <v>29525</v>
+      </c>
+      <c r="C520" t="s">
         <v>945</v>
-      </c>
-[...4 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B521">
-        <v>29339</v>
+        <v>29664</v>
       </c>
       <c r="C521" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B522">
-        <v>29410</v>
+        <v>29683</v>
       </c>
       <c r="C522" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>950</v>
+        <v>633</v>
       </c>
       <c r="B523">
-        <v>29525</v>
+        <v>29690</v>
       </c>
       <c r="C523" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
+        <v>883</v>
+      </c>
+      <c r="B524">
+        <v>29690</v>
+      </c>
+      <c r="C524" t="s">
         <v>952</v>
-      </c>
-[...4 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
         <v>953</v>
       </c>
       <c r="B525">
-        <v>29664</v>
+        <v>29693</v>
       </c>
       <c r="C525" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
         <v>955</v>
       </c>
       <c r="B526">
-        <v>29683</v>
+        <v>30161</v>
       </c>
       <c r="C526" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>636</v>
+        <v>957</v>
       </c>
       <c r="B527">
-        <v>29690</v>
+        <v>30163</v>
       </c>
       <c r="C527" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>889</v>
+        <v>958</v>
       </c>
       <c r="B528">
-        <v>29690</v>
+        <v>30165</v>
       </c>
       <c r="C528" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
         <v>959</v>
       </c>
       <c r="B529">
-        <v>29693</v>
+        <v>30171</v>
       </c>
       <c r="C529" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>961</v>
+        <v>960</v>
       </c>
       <c r="B530">
-        <v>30161</v>
+        <v>30173</v>
       </c>
       <c r="C530" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="B531">
-        <v>30163</v>
+        <v>30419</v>
       </c>
       <c r="C531" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="B532">
-        <v>30165</v>
+        <v>30459</v>
       </c>
       <c r="C532" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="B533">
-        <v>30171</v>
+        <v>30521</v>
       </c>
       <c r="C533" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="B534">
-        <v>30173</v>
+        <v>30539</v>
       </c>
       <c r="C534" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="B535">
-        <v>30419</v>
+        <v>30559</v>
       </c>
       <c r="C535" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="B536">
-        <v>30459</v>
+        <v>30559</v>
       </c>
       <c r="C536" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B537">
-        <v>30521</v>
+        <v>30659</v>
       </c>
       <c r="C537" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="B538">
-        <v>30539</v>
+        <v>30823</v>
       </c>
       <c r="C538" t="s">
-        <v>962</v>
+        <v>969</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="B539">
-        <v>30559</v>
+        <v>30826</v>
       </c>
       <c r="C539" t="s">
-        <v>962</v>
+        <v>969</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
+        <v>971</v>
+      </c>
+      <c r="B540">
+        <v>30851</v>
+      </c>
+      <c r="C540" t="s">
         <v>972</v>
-      </c>
-[...4 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
         <v>973</v>
       </c>
       <c r="B541">
-        <v>30659</v>
+        <v>30851</v>
       </c>
       <c r="C541" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
         <v>974</v>
       </c>
       <c r="B542">
-        <v>30823</v>
+        <v>30855</v>
       </c>
       <c r="C542" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="B543">
-        <v>30826</v>
+        <v>30855</v>
       </c>
       <c r="C543" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
+        <v>976</v>
+      </c>
+      <c r="B544">
+        <v>30880</v>
+      </c>
+      <c r="C544" t="s">
         <v>977</v>
-      </c>
-[...4 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
+        <v>978</v>
+      </c>
+      <c r="B545">
+        <v>30900</v>
+      </c>
+      <c r="C545" t="s">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>980</v>
       </c>
       <c r="B546">
-        <v>30855</v>
+        <v>30966</v>
       </c>
       <c r="C546" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B547">
-        <v>30855</v>
+        <v>30989</v>
       </c>
       <c r="C547" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="B548">
-        <v>30880</v>
+        <v>31020</v>
       </c>
       <c r="C548" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B549">
-        <v>30900</v>
+        <v>31061</v>
       </c>
       <c r="C549" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B550">
-        <v>30966</v>
+        <v>31079</v>
       </c>
       <c r="C550" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B551">
-        <v>30989</v>
+        <v>31135</v>
       </c>
       <c r="C551" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B552">
-        <v>31020</v>
+        <v>31135</v>
       </c>
       <c r="C552" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B553">
-        <v>31061</v>
+        <v>31139</v>
       </c>
       <c r="C553" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
         <v>994</v>
       </c>
       <c r="B554">
-        <v>31079</v>
+        <v>31141</v>
       </c>
       <c r="C554" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
+        <v>995</v>
+      </c>
+      <c r="B555">
+        <v>31167</v>
+      </c>
+      <c r="C555" t="s">
         <v>996</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
+        <v>997</v>
+      </c>
+      <c r="B556">
+        <v>31224</v>
+      </c>
+      <c r="C556" t="s">
         <v>998</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
         <v>999</v>
       </c>
       <c r="B557">
-        <v>31139</v>
+        <v>31241</v>
       </c>
       <c r="C557" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B558">
-        <v>31141</v>
+        <v>31275</v>
       </c>
       <c r="C558" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="B559">
-        <v>31167</v>
+        <v>31275</v>
       </c>
       <c r="C559" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B560">
-        <v>31224</v>
+        <v>31303</v>
       </c>
       <c r="C560" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B561">
-        <v>31241</v>
+        <v>31319</v>
       </c>
       <c r="C561" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B562">
-        <v>31275</v>
+        <v>31515</v>
       </c>
       <c r="C562" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="B563">
-        <v>31275</v>
+        <v>31655</v>
       </c>
       <c r="C563" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="B564">
-        <v>31303</v>
+        <v>31683</v>
       </c>
       <c r="C564" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B565">
-        <v>31319</v>
+        <v>31737</v>
       </c>
       <c r="C565" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="B566">
-        <v>31515</v>
+        <v>31785</v>
       </c>
       <c r="C566" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B567">
-        <v>31655</v>
+        <v>31787</v>
       </c>
       <c r="C567" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B568">
-        <v>31683</v>
+        <v>31789</v>
       </c>
       <c r="C568" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
         <v>1020</v>
       </c>
       <c r="B569">
-        <v>31737</v>
+        <v>31840</v>
       </c>
       <c r="C569" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
         <v>1022</v>
       </c>
       <c r="B570">
-        <v>31785</v>
+        <v>31855</v>
       </c>
       <c r="C570" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
         <v>1024</v>
       </c>
       <c r="B571">
-        <v>31787</v>
+        <v>31863</v>
       </c>
       <c r="C571" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B572">
-        <v>31789</v>
+        <v>32049</v>
       </c>
       <c r="C572" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="B573">
-        <v>31840</v>
+        <v>32051</v>
       </c>
       <c r="C573" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B574">
-        <v>31855</v>
+        <v>32052</v>
       </c>
       <c r="C574" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
         <v>1030</v>
       </c>
       <c r="B575">
-        <v>31863</v>
+        <v>32105</v>
       </c>
       <c r="C575" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
         <v>1032</v>
       </c>
       <c r="B576">
-        <v>32049</v>
+        <v>32120</v>
       </c>
       <c r="C576" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
         <v>1034</v>
       </c>
       <c r="B577">
-        <v>32051</v>
+        <v>32139</v>
       </c>
       <c r="C577" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B578">
+        <v>32139</v>
+      </c>
+      <c r="C578" t="s">
         <v>1035</v>
-      </c>
-[...4 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B579">
-        <v>32105</v>
+        <v>32257</v>
       </c>
       <c r="C579" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B580">
+        <v>32257</v>
+      </c>
+      <c r="C580" t="s">
         <v>1038</v>
-      </c>
-[...4 lines deleted...]
-        <v>1039</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
         <v>1040</v>
       </c>
       <c r="B581">
-        <v>32139</v>
+        <v>32312</v>
       </c>
       <c r="C581" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
         <v>1042</v>
       </c>
       <c r="B582">
-        <v>32139</v>
+        <v>32339</v>
       </c>
       <c r="C582" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B583">
-        <v>32257</v>
+        <v>32369</v>
       </c>
       <c r="C583" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B584">
-        <v>32257</v>
+        <v>32427</v>
       </c>
       <c r="C584" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B585">
-        <v>32312</v>
+        <v>32457</v>
       </c>
       <c r="C585" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="B586">
-        <v>32339</v>
+        <v>32457</v>
       </c>
       <c r="C586" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="B587">
-        <v>32369</v>
+        <v>32547</v>
       </c>
       <c r="C587" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="B588">
-        <v>32427</v>
+        <v>32547</v>
       </c>
       <c r="C588" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B589">
-        <v>32457</v>
+        <v>32584</v>
       </c>
       <c r="C589" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B590">
+        <v>32584</v>
+      </c>
+      <c r="C590" t="s">
         <v>1056</v>
-      </c>
-[...4 lines deleted...]
-        <v>1057</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
         <v>1058</v>
       </c>
       <c r="B591">
-        <v>32547</v>
+        <v>32602</v>
       </c>
       <c r="C591" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
         <v>1060</v>
       </c>
       <c r="B592">
-        <v>32547</v>
+        <v>32657</v>
       </c>
       <c r="C592" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B593">
-        <v>32584</v>
+        <v>32758</v>
       </c>
       <c r="C593" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B594">
-        <v>32584</v>
+        <v>32825</v>
       </c>
       <c r="C594" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B595">
-        <v>32602</v>
+        <v>33034</v>
       </c>
       <c r="C595" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="B596">
-        <v>32657</v>
+        <v>33098</v>
       </c>
       <c r="C596" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="B597">
-        <v>32758</v>
+        <v>33100</v>
       </c>
       <c r="C597" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="B598">
-        <v>32825</v>
+        <v>33100</v>
       </c>
       <c r="C598" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
         <v>1072</v>
       </c>
       <c r="B599">
-        <v>33034</v>
+        <v>33102</v>
       </c>
       <c r="C599" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="B600">
-        <v>33098</v>
+        <v>33104</v>
       </c>
       <c r="C600" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="B601">
-        <v>33100</v>
+        <v>33104</v>
       </c>
       <c r="C601" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="B602">
-        <v>33100</v>
+        <v>33106</v>
       </c>
       <c r="C602" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B603">
-        <v>33102</v>
+        <v>33154</v>
       </c>
       <c r="C603" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="B604">
-        <v>33104</v>
+        <v>33154</v>
       </c>
       <c r="C604" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B605">
+        <v>33161</v>
+      </c>
+      <c r="C605" t="s">
         <v>1080</v>
-      </c>
-[...4 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
         <v>1081</v>
       </c>
       <c r="B606">
-        <v>33106</v>
+        <v>33330</v>
       </c>
       <c r="C606" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B607">
+        <v>33334</v>
+      </c>
+      <c r="C607" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
         <v>1084</v>
       </c>
       <c r="B608">
-        <v>33154</v>
+        <v>33378</v>
       </c>
       <c r="C608" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B609">
-        <v>33161</v>
+        <v>33397</v>
       </c>
       <c r="C609" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B610">
-        <v>33330</v>
+        <v>33442</v>
       </c>
       <c r="C610" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B611">
-        <v>33334</v>
+        <v>33605</v>
       </c>
       <c r="C611" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="B612">
-        <v>33378</v>
+        <v>33605</v>
       </c>
       <c r="C612" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="B613">
-        <v>33397</v>
+        <v>33607</v>
       </c>
       <c r="C613" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
         <v>1094</v>
       </c>
       <c r="B614">
-        <v>33442</v>
+        <v>33609</v>
       </c>
       <c r="C614" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="B615">
-        <v>33605</v>
+        <v>33613</v>
       </c>
       <c r="C615" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="B616">
-        <v>33605</v>
+        <v>33619</v>
       </c>
       <c r="C616" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="B617">
-        <v>33607</v>
+        <v>33649</v>
       </c>
       <c r="C617" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B618">
-        <v>33609</v>
+        <v>33649</v>
       </c>
       <c r="C618" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="B619">
-        <v>33613</v>
+        <v>33689</v>
       </c>
       <c r="C619" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="B620">
-        <v>33619</v>
+        <v>33719</v>
       </c>
       <c r="C620" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>1103</v>
+        <v>1003</v>
       </c>
       <c r="B621">
-        <v>33649</v>
+        <v>33719</v>
       </c>
       <c r="C621" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="B622">
-        <v>33649</v>
+        <v>33739</v>
       </c>
       <c r="C622" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="B623">
-        <v>33689</v>
+        <v>33775</v>
       </c>
       <c r="C623" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="B624">
-        <v>33719</v>
+        <v>33775</v>
       </c>
       <c r="C624" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>1009</v>
+        <v>1105</v>
       </c>
       <c r="B625">
-        <v>33719</v>
+        <v>33790</v>
       </c>
       <c r="C625" t="s">
-        <v>1097</v>
+        <v>197</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B626">
+        <v>33803</v>
+      </c>
+      <c r="C626" t="s">
         <v>1107</v>
-      </c>
-[...4 lines deleted...]
-        <v>1097</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
         <v>1108</v>
       </c>
       <c r="B627">
-        <v>33775</v>
+        <v>33813</v>
       </c>
       <c r="C627" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
         <v>1110</v>
       </c>
       <c r="B628">
-        <v>33775</v>
+        <v>33824</v>
       </c>
       <c r="C628" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="B629">
-        <v>33790</v>
+        <v>34121</v>
       </c>
       <c r="C629" t="s">
-        <v>197</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="B630">
-        <v>33803</v>
+        <v>34121</v>
       </c>
       <c r="C630" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="B631">
-        <v>33813</v>
+        <v>34123</v>
       </c>
       <c r="C631" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
         <v>1116</v>
       </c>
       <c r="B632">
-        <v>33824</v>
+        <v>34123</v>
       </c>
       <c r="C632" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
         <v>1118</v>
       </c>
       <c r="B633">
-        <v>34121</v>
+        <v>34125</v>
       </c>
       <c r="C633" t="s">
-        <v>1119</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="B634">
-        <v>34121</v>
+        <v>34127</v>
       </c>
       <c r="C634" t="s">
-        <v>1119</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="B635">
-        <v>34123</v>
+        <v>34134</v>
       </c>
       <c r="C635" t="s">
-        <v>1119</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B636">
+        <v>34212</v>
+      </c>
+      <c r="C636" t="s">
         <v>1122</v>
-      </c>
-[...4 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B637">
+        <v>34225</v>
+      </c>
+      <c r="C637" t="s">
         <v>1124</v>
-      </c>
-[...4 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
         <v>1125</v>
       </c>
       <c r="B638">
-        <v>34127</v>
+        <v>34225</v>
       </c>
       <c r="C638" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
         <v>1126</v>
       </c>
       <c r="B639">
-        <v>34134</v>
+        <v>34233</v>
       </c>
       <c r="C639" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B640">
-        <v>34212</v>
+        <v>34253</v>
       </c>
       <c r="C640" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B641">
-        <v>34225</v>
+        <v>34260</v>
       </c>
       <c r="C641" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B642">
-        <v>34225</v>
+        <v>34266</v>
       </c>
       <c r="C642" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="B643">
-        <v>34233</v>
+        <v>34281</v>
       </c>
       <c r="C643" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B644">
-        <v>34253</v>
+        <v>34286</v>
       </c>
       <c r="C644" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B645">
-        <v>34260</v>
+        <v>34295</v>
       </c>
       <c r="C645" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="B646">
-        <v>34266</v>
+        <v>34295</v>
       </c>
       <c r="C646" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B647">
-        <v>34281</v>
+        <v>34302</v>
       </c>
       <c r="C647" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B648">
-        <v>34286</v>
+        <v>34346</v>
       </c>
       <c r="C648" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B649">
-        <v>34295</v>
+        <v>34355</v>
       </c>
       <c r="C649" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B650">
-        <v>34295</v>
+        <v>34388</v>
       </c>
       <c r="C650" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B651">
-        <v>34302</v>
+        <v>34414</v>
       </c>
       <c r="C651" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B652">
-        <v>34346</v>
+        <v>34431</v>
       </c>
       <c r="C652" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B653">
-        <v>34355</v>
+        <v>34454</v>
       </c>
       <c r="C653" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="B654">
-        <v>34369</v>
+        <v>34466</v>
       </c>
       <c r="C654" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="B655">
-        <v>34388</v>
+        <v>34508</v>
       </c>
       <c r="C655" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="B656">
-        <v>34414</v>
+        <v>34513</v>
       </c>
       <c r="C656" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B657">
-        <v>34431</v>
+        <v>34560</v>
       </c>
       <c r="C657" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B658">
-        <v>34454</v>
+        <v>34582</v>
       </c>
       <c r="C658" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="B659">
-        <v>34466</v>
+        <v>34590</v>
       </c>
       <c r="C659" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="B660">
-        <v>34508</v>
+        <v>34593</v>
       </c>
       <c r="C660" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="B661">
-        <v>34513</v>
+        <v>34593</v>
       </c>
       <c r="C661" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B662">
-        <v>34560</v>
+        <v>34626</v>
       </c>
       <c r="C662" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="B663">
-        <v>34582</v>
+        <v>35037</v>
       </c>
       <c r="C663" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B664">
+        <v>35039</v>
+      </c>
+      <c r="C664" t="s">
         <v>1173</v>
-      </c>
-[...4 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
         <v>1175</v>
       </c>
       <c r="B665">
-        <v>34593</v>
+        <v>35039</v>
       </c>
       <c r="C665" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="B666">
-        <v>34593</v>
+        <v>35039</v>
       </c>
       <c r="C666" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B667">
+        <v>35066</v>
+      </c>
+      <c r="C667" t="s">
         <v>1178</v>
-      </c>
-[...4 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="B668">
-        <v>35037</v>
+        <v>35066</v>
       </c>
       <c r="C668" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="B669">
-        <v>35039</v>
+        <v>35075</v>
       </c>
       <c r="C669" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B670">
+        <v>35091</v>
+      </c>
+      <c r="C670" t="s">
         <v>1183</v>
-      </c>
-[...4 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
         <v>1184</v>
       </c>
       <c r="B671">
-        <v>35039</v>
+        <v>35108</v>
       </c>
       <c r="C671" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B672">
-        <v>35066</v>
+        <v>35236</v>
       </c>
       <c r="C672" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B673">
-        <v>35066</v>
+        <v>35260</v>
       </c>
       <c r="C673" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="B674">
-        <v>35075</v>
+        <v>35279</v>
       </c>
       <c r="C674" t="s">
-        <v>1189</v>
+        <v>317</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B675">
-        <v>35091</v>
+        <v>35305</v>
       </c>
       <c r="C675" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B676">
-        <v>35108</v>
+        <v>35315</v>
       </c>
       <c r="C676" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B677">
-        <v>35236</v>
+        <v>35325</v>
       </c>
       <c r="C677" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B678">
-        <v>35260</v>
+        <v>35394</v>
       </c>
       <c r="C678" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B679">
+        <v>35396</v>
+      </c>
+      <c r="C679" t="s">
         <v>1198</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B680">
-        <v>35305</v>
+        <v>35418</v>
       </c>
       <c r="C680" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="B681">
-        <v>35315</v>
+        <v>35423</v>
       </c>
       <c r="C681" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B682">
-        <v>35325</v>
+        <v>35435</v>
       </c>
       <c r="C682" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B683">
-        <v>35394</v>
+        <v>35510</v>
       </c>
       <c r="C683" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B684">
+        <v>35510</v>
+      </c>
+      <c r="C684" t="s">
         <v>1207</v>
-      </c>
-[...4 lines deleted...]
-        <v>1206</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B685">
-        <v>35418</v>
+        <v>35576</v>
       </c>
       <c r="C685" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B686">
+        <v>35578</v>
+      </c>
+      <c r="C686" t="s">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
         <v>1212</v>
       </c>
       <c r="B687">
-        <v>35435</v>
+        <v>35625</v>
       </c>
       <c r="C687" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
         <v>1214</v>
       </c>
       <c r="B688">
-        <v>35510</v>
+        <v>35633</v>
       </c>
       <c r="C688" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
         <v>1216</v>
       </c>
       <c r="B689">
-        <v>35510</v>
+        <v>35638</v>
       </c>
       <c r="C689" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B690">
-        <v>35576</v>
+        <v>35683</v>
       </c>
       <c r="C690" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B691">
-        <v>35578</v>
+        <v>35745</v>
       </c>
       <c r="C691" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B692">
-        <v>35625</v>
+        <v>35745</v>
       </c>
       <c r="C692" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="B693">
-        <v>35633</v>
+        <v>35745</v>
       </c>
       <c r="C693" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B694">
-        <v>35638</v>
+        <v>35759</v>
       </c>
       <c r="C694" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B695">
-        <v>35683</v>
+        <v>36039</v>
       </c>
       <c r="C695" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B696">
+        <v>36039</v>
+      </c>
+      <c r="C696" t="s">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1229</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
         <v>1230</v>
       </c>
       <c r="B697">
-        <v>35745</v>
+        <v>36088</v>
       </c>
       <c r="C697" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
         <v>1232</v>
       </c>
       <c r="B698">
-        <v>35745</v>
+        <v>36119</v>
       </c>
       <c r="C698" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B699">
-        <v>35759</v>
+        <v>36137</v>
       </c>
       <c r="C699" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
-        <v>1235</v>
+        <v>633</v>
       </c>
       <c r="B700">
-        <v>36039</v>
+        <v>36148</v>
       </c>
       <c r="C700" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
         <v>1237</v>
       </c>
       <c r="B701">
-        <v>36039</v>
+        <v>36151</v>
       </c>
       <c r="C701" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B702">
-        <v>36088</v>
+        <v>36251</v>
       </c>
       <c r="C702" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B703">
+        <v>36251</v>
+      </c>
+      <c r="C703" t="s">
         <v>1240</v>
-      </c>
-[...4 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
         <v>1242</v>
       </c>
       <c r="B704">
-        <v>36137</v>
+        <v>36275</v>
       </c>
       <c r="C704" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>636</v>
+        <v>1244</v>
       </c>
       <c r="B705">
-        <v>36148</v>
+        <v>36433</v>
       </c>
       <c r="C705" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B706">
-        <v>36151</v>
+        <v>37075</v>
       </c>
       <c r="C706" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B707">
+        <v>37075</v>
+      </c>
+      <c r="C707" t="s">
         <v>1247</v>
-      </c>
-[...4 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
         <v>1249</v>
       </c>
       <c r="B708">
-        <v>36251</v>
+        <v>37079</v>
       </c>
       <c r="C708" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
         <v>1250</v>
       </c>
       <c r="B709">
-        <v>36275</v>
+        <v>37083</v>
       </c>
       <c r="C709" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B710">
+        <v>37115</v>
+      </c>
+      <c r="C710" t="s">
         <v>1252</v>
-      </c>
-[...4 lines deleted...]
-        <v>1253</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="B711">
-        <v>37075</v>
+        <v>37115</v>
       </c>
       <c r="C711" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
       <c r="B712">
-        <v>37075</v>
+        <v>37120</v>
       </c>
       <c r="C712" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B713">
+        <v>37154</v>
+      </c>
+      <c r="C713" t="s">
         <v>1257</v>
-      </c>
-[...4 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
         <v>1258</v>
       </c>
       <c r="B714">
-        <v>37083</v>
+        <v>37186</v>
       </c>
       <c r="C714" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B715">
-        <v>37115</v>
+        <v>37235</v>
       </c>
       <c r="C715" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B716">
+        <v>37235</v>
+      </c>
+      <c r="C716" t="s">
         <v>1261</v>
-      </c>
-[...4 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B717">
-        <v>37120</v>
+        <v>37339</v>
       </c>
       <c r="C717" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B718">
-        <v>37154</v>
+        <v>37412</v>
       </c>
       <c r="C718" t="s">
-        <v>1265</v>
+        <v>194</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
         <v>1266</v>
       </c>
       <c r="B719">
-        <v>37186</v>
+        <v>37434</v>
       </c>
       <c r="C719" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
         <v>1268</v>
       </c>
       <c r="B720">
-        <v>37235</v>
+        <v>37520</v>
       </c>
       <c r="C720" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
         <v>1270</v>
       </c>
       <c r="B721">
-        <v>37235</v>
+        <v>37574</v>
       </c>
       <c r="C721" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
-        <v>1271</v>
+        <v>669</v>
       </c>
       <c r="B722">
-        <v>37339</v>
+        <v>37589</v>
       </c>
       <c r="C722" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>1273</v>
       </c>
       <c r="B723">
-        <v>37412</v>
+        <v>37603</v>
       </c>
       <c r="C723" t="s">
-        <v>194</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B724">
-        <v>37434</v>
+        <v>37671</v>
       </c>
       <c r="C724" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B725">
-        <v>37520</v>
+        <v>38108</v>
       </c>
       <c r="C725" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B726">
+        <v>38112</v>
+      </c>
+      <c r="C726" t="s">
         <v>1278</v>
-      </c>
-[...4 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
-        <v>672</v>
+        <v>1280</v>
       </c>
       <c r="B727">
-        <v>37589</v>
+        <v>38114</v>
       </c>
       <c r="C727" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
-        <v>1281</v>
+        <v>787</v>
       </c>
       <c r="B728">
-        <v>37603</v>
+        <v>38114</v>
       </c>
       <c r="C728" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B729">
-        <v>37671</v>
+        <v>38118</v>
       </c>
       <c r="C729" t="s">
-        <v>1284</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="B730">
-        <v>38106</v>
+        <v>38124</v>
       </c>
       <c r="C730" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
       <c r="B731">
-        <v>38108</v>
+        <v>38126</v>
       </c>
       <c r="C731" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="B732">
-        <v>38112</v>
+        <v>38154</v>
       </c>
       <c r="C732" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="B733">
-        <v>38114</v>
+        <v>38165</v>
       </c>
       <c r="C733" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
-        <v>791</v>
+        <v>1288</v>
       </c>
       <c r="B734">
-        <v>38114</v>
+        <v>38170</v>
       </c>
       <c r="C734" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>1290</v>
       </c>
       <c r="B735">
-        <v>38118</v>
+        <v>38229</v>
       </c>
       <c r="C735" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B736">
+        <v>38239</v>
+      </c>
+      <c r="C736" t="s">
         <v>1291</v>
-      </c>
-[...4 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B737">
-        <v>38126</v>
+        <v>38239</v>
       </c>
       <c r="C737" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B738">
-        <v>38154</v>
+        <v>38259</v>
       </c>
       <c r="C738" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>1295</v>
       </c>
       <c r="B739">
-        <v>38165</v>
+        <v>38268</v>
       </c>
       <c r="C739" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
         <v>1297</v>
       </c>
       <c r="B740">
-        <v>38170</v>
+        <v>38300</v>
       </c>
       <c r="C740" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
         <v>1299</v>
       </c>
       <c r="B741">
-        <v>38229</v>
+        <v>38302</v>
       </c>
       <c r="C741" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="B742">
-        <v>38239</v>
+        <v>38304</v>
       </c>
       <c r="C742" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B743">
+        <v>38312</v>
+      </c>
+      <c r="C743" t="s">
         <v>1302</v>
-      </c>
-[...4 lines deleted...]
-        <v>1300</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B744">
+        <v>38350</v>
+      </c>
+      <c r="C744" t="s">
         <v>1303</v>
-      </c>
-[...4 lines deleted...]
-        <v>1300</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
         <v>1304</v>
       </c>
       <c r="B745">
-        <v>38268</v>
+        <v>38350</v>
       </c>
       <c r="C745" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
-        <v>1306</v>
+        <v>1305</v>
       </c>
       <c r="B746">
-        <v>38300</v>
+        <v>38350</v>
       </c>
       <c r="C746" t="s">
-        <v>1307</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="B747">
-        <v>38302</v>
+        <v>38364</v>
       </c>
       <c r="C747" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B748">
+        <v>38440</v>
+      </c>
+      <c r="C748" t="s">
         <v>1309</v>
-      </c>
-[...4 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
         <v>1310</v>
       </c>
       <c r="B749">
-        <v>38312</v>
+        <v>38442</v>
       </c>
       <c r="C749" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
-        <v>1009</v>
+        <v>1311</v>
       </c>
       <c r="B750">
-        <v>38350</v>
+        <v>38448</v>
       </c>
       <c r="C750" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="B751">
-        <v>38350</v>
+        <v>38448</v>
       </c>
       <c r="C751" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B752">
+        <v>38554</v>
+      </c>
+      <c r="C752" t="s">
         <v>1314</v>
-      </c>
-[...4 lines deleted...]
-        <v>1312</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
         <v>1315</v>
       </c>
       <c r="B753">
-        <v>38364</v>
+        <v>38640</v>
       </c>
       <c r="C753" t="s">
         <v>1316</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
         <v>1317</v>
       </c>
       <c r="B754">
-        <v>38440</v>
+        <v>38640</v>
       </c>
       <c r="C754" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="B755">
-        <v>38442</v>
+        <v>38642</v>
       </c>
       <c r="C755" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B756">
+        <v>38667</v>
+      </c>
+      <c r="C756" t="s">
         <v>1320</v>
-      </c>
-[...4 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
         <v>1321</v>
       </c>
       <c r="B757">
-        <v>38448</v>
+        <v>38678</v>
       </c>
       <c r="C757" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B758">
-        <v>38554</v>
+        <v>38685</v>
       </c>
       <c r="C758" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="B759">
-        <v>38640</v>
+        <v>38700</v>
       </c>
       <c r="C759" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
-        <v>1326</v>
+        <v>1169</v>
       </c>
       <c r="B760">
-        <v>38640</v>
+        <v>38723</v>
       </c>
       <c r="C760" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
+        <v>633</v>
+      </c>
+      <c r="B761">
+        <v>38723</v>
+      </c>
+      <c r="C761" t="s">
         <v>1327</v>
-      </c>
-[...4 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
         <v>1328</v>
       </c>
       <c r="B762">
-        <v>38667</v>
+        <v>38820</v>
       </c>
       <c r="C762" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
         <v>1330</v>
       </c>
       <c r="B763">
-        <v>38678</v>
+        <v>38820</v>
       </c>
       <c r="C763" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B764">
+        <v>38835</v>
+      </c>
+      <c r="C764" t="s">
         <v>1332</v>
-      </c>
-[...4 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B765">
+        <v>38855</v>
+      </c>
+      <c r="C765" t="s">
         <v>1334</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
-        <v>1177</v>
+        <v>1335</v>
       </c>
       <c r="B766">
-        <v>38723</v>
+        <v>38889</v>
       </c>
       <c r="C766" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
-        <v>636</v>
+        <v>1337</v>
       </c>
       <c r="B767">
-        <v>38723</v>
+        <v>39104</v>
       </c>
       <c r="C767" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="B768">
-        <v>38820</v>
+        <v>39114</v>
       </c>
       <c r="C768" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B769">
-        <v>38820</v>
+        <v>39116</v>
       </c>
       <c r="C769" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B770">
-        <v>38835</v>
+        <v>39126</v>
       </c>
       <c r="C770" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
         <v>1342</v>
       </c>
       <c r="B771">
-        <v>38855</v>
+        <v>39126</v>
       </c>
       <c r="C771" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="B772">
-        <v>38889</v>
+        <v>39128</v>
       </c>
       <c r="C772" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="B773">
-        <v>39104</v>
+        <v>39164</v>
       </c>
       <c r="C773" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="B774">
-        <v>39114</v>
+        <v>39171</v>
       </c>
       <c r="C774" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
       <c r="B775">
-        <v>39116</v>
+        <v>39171</v>
       </c>
       <c r="C775" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="B776">
-        <v>39126</v>
+        <v>39179</v>
       </c>
       <c r="C776" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B777">
+        <v>39240</v>
+      </c>
+      <c r="C777" t="s">
         <v>1351</v>
-      </c>
-[...4 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
         <v>1352</v>
       </c>
       <c r="B778">
-        <v>39128</v>
+        <v>39307</v>
       </c>
       <c r="C778" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B779">
-        <v>39164</v>
+        <v>39326</v>
       </c>
       <c r="C779" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B780">
-        <v>39171</v>
+        <v>39340</v>
       </c>
       <c r="C780" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="B781">
-        <v>39171</v>
+        <v>39343</v>
       </c>
       <c r="C781" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="B782">
-        <v>39179</v>
+        <v>39343</v>
       </c>
       <c r="C782" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="B783">
-        <v>39240</v>
+        <v>39387</v>
       </c>
       <c r="C783" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="B784">
-        <v>39307</v>
+        <v>39418</v>
       </c>
       <c r="C784" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="B785">
-        <v>39326</v>
+        <v>39439</v>
       </c>
       <c r="C785" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B786">
+        <v>39443</v>
+      </c>
+      <c r="C786" t="s">
         <v>1365</v>
-      </c>
-[...4 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="B787">
-        <v>39343</v>
+        <v>39443</v>
       </c>
       <c r="C787" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B788">
-        <v>39343</v>
+        <v>39576</v>
       </c>
       <c r="C788" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="B789">
-        <v>39387</v>
+        <v>39576</v>
       </c>
       <c r="C789" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B790">
-        <v>39418</v>
+        <v>39606</v>
       </c>
       <c r="C790" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B791">
-        <v>39439</v>
+        <v>39638</v>
       </c>
       <c r="C791" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B792">
-        <v>39443</v>
+        <v>40221</v>
       </c>
       <c r="C792" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B793">
-        <v>39443</v>
+        <v>40221</v>
       </c>
       <c r="C793" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="B794">
-        <v>39576</v>
+        <v>40227</v>
       </c>
       <c r="C794" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
         <v>1382</v>
       </c>
       <c r="B795">
-        <v>39576</v>
+        <v>40239</v>
       </c>
       <c r="C795" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
         <v>1383</v>
       </c>
       <c r="B796">
-        <v>39606</v>
+        <v>40239</v>
       </c>
       <c r="C796" t="s">
-        <v>1384</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
       <c r="B797">
-        <v>39638</v>
+        <v>40474</v>
       </c>
       <c r="C797" t="s">
-        <v>1386</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="B798">
-        <v>40221</v>
+        <v>40547</v>
       </c>
       <c r="C798" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
-        <v>1389</v>
+        <v>1386</v>
       </c>
       <c r="B799">
-        <v>40221</v>
+        <v>40547</v>
       </c>
       <c r="C799" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
       <c r="B800">
-        <v>40227</v>
+        <v>40549</v>
       </c>
       <c r="C800" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
-        <v>1391</v>
+        <v>1388</v>
       </c>
       <c r="B801">
-        <v>40239</v>
+        <v>40589</v>
       </c>
       <c r="C801" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
-        <v>1392</v>
+        <v>1389</v>
       </c>
       <c r="B802">
-        <v>40239</v>
+        <v>40595</v>
       </c>
       <c r="C802" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
-        <v>1393</v>
+        <v>1390</v>
       </c>
       <c r="B803">
-        <v>40474</v>
+        <v>40627</v>
       </c>
       <c r="C803" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
-        <v>1394</v>
+        <v>1391</v>
       </c>
       <c r="B804">
-        <v>40547</v>
+        <v>40627</v>
       </c>
       <c r="C804" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
-        <v>1395</v>
+        <v>1392</v>
       </c>
       <c r="B805">
-        <v>40547</v>
+        <v>40629</v>
       </c>
       <c r="C805" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
       <c r="B806">
-        <v>40549</v>
+        <v>40699</v>
       </c>
       <c r="C806" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
-        <v>1397</v>
+        <v>1395</v>
       </c>
       <c r="B807">
-        <v>40589</v>
+        <v>40721</v>
       </c>
       <c r="C807" t="s">
-        <v>1388</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B808">
+        <v>40764</v>
+      </c>
+      <c r="C808" t="s">
         <v>1398</v>
-      </c>
-[...4 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
         <v>1399</v>
       </c>
       <c r="B809">
-        <v>40599</v>
+        <v>40789</v>
       </c>
       <c r="C809" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B810">
-        <v>40627</v>
+        <v>40878</v>
       </c>
       <c r="C810" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="B811">
-        <v>40627</v>
+        <v>40885</v>
       </c>
       <c r="C811" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="B812">
-        <v>40629</v>
+        <v>41063</v>
       </c>
       <c r="C812" t="s">
-        <v>1388</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="B813">
-        <v>40699</v>
+        <v>41063</v>
       </c>
       <c r="C813" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B814">
+        <v>41065</v>
+      </c>
+      <c r="C814" t="s">
         <v>1405</v>
-      </c>
-[...4 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B815">
-        <v>40764</v>
+        <v>41066</v>
       </c>
       <c r="C815" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
         <v>1409</v>
       </c>
       <c r="B816">
-        <v>40789</v>
+        <v>41068</v>
       </c>
       <c r="C816" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="B817">
-        <v>40878</v>
+        <v>41068</v>
       </c>
       <c r="C817" t="s">
-        <v>1412</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="B818">
-        <v>40885</v>
+        <v>41169</v>
       </c>
       <c r="C818" t="s">
-        <v>1412</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
       <c r="B819">
-        <v>41063</v>
+        <v>41199</v>
       </c>
       <c r="C819" t="s">
-        <v>1415</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
-        <v>1416</v>
+        <v>1413</v>
       </c>
       <c r="B820">
-        <v>41063</v>
+        <v>41238</v>
       </c>
       <c r="C820" t="s">
-        <v>1415</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
-        <v>1417</v>
+        <v>1414</v>
       </c>
       <c r="B821">
-        <v>41065</v>
+        <v>41334</v>
       </c>
       <c r="C821" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="B822">
-        <v>41066</v>
+        <v>41334</v>
       </c>
       <c r="C822" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="B823">
-        <v>41068</v>
+        <v>41334</v>
       </c>
       <c r="C823" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="B824">
-        <v>41068</v>
+        <v>41363</v>
       </c>
       <c r="C824" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B825">
+        <v>41366</v>
+      </c>
+      <c r="C825" t="s">
         <v>1421</v>
-      </c>
-[...4 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
         <v>1422</v>
       </c>
       <c r="B826">
-        <v>41199</v>
+        <v>41372</v>
       </c>
       <c r="C826" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B827">
-        <v>41238</v>
+        <v>41379</v>
       </c>
       <c r="C827" t="s">
-        <v>1415</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="B828">
-        <v>41334</v>
+        <v>41460</v>
       </c>
       <c r="C828" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="B829">
-        <v>41334</v>
+        <v>41462</v>
       </c>
       <c r="C829" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B830">
+        <v>41464</v>
+      </c>
+      <c r="C830" t="s">
         <v>1427</v>
-      </c>
-[...4 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="B831">
-        <v>41363</v>
+        <v>41468</v>
       </c>
       <c r="C831" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B832">
-        <v>41366</v>
+        <v>41468</v>
       </c>
       <c r="C832" t="s">
-        <v>1431</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
         <v>1432</v>
       </c>
       <c r="B833">
-        <v>41372</v>
+        <v>41469</v>
       </c>
       <c r="C833" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B834">
+        <v>41515</v>
+      </c>
+      <c r="C834" t="s">
         <v>1434</v>
-      </c>
-[...4 lines deleted...]
-        <v>1435</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B835">
+        <v>41539</v>
+      </c>
+      <c r="C835" t="s">
         <v>1436</v>
-      </c>
-[...4 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B836">
+        <v>41564</v>
+      </c>
+      <c r="C836" t="s">
         <v>1438</v>
-      </c>
-[...4 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
         <v>1439</v>
       </c>
       <c r="B837">
-        <v>41464</v>
+        <v>41569</v>
       </c>
       <c r="C837" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B838">
-        <v>41468</v>
+        <v>41751</v>
       </c>
       <c r="C838" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="B839">
-        <v>41468</v>
+        <v>41751</v>
       </c>
       <c r="C839" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="B840">
-        <v>41469</v>
+        <v>41812</v>
       </c>
       <c r="C840" t="s">
-        <v>1437</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="B841">
-        <v>41515</v>
+        <v>41836</v>
       </c>
       <c r="C841" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="B842">
-        <v>41539</v>
+        <v>41844</v>
       </c>
       <c r="C842" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="B843">
-        <v>41564</v>
+        <v>41849</v>
       </c>
       <c r="C843" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="B844">
-        <v>41569</v>
+        <v>42109</v>
       </c>
       <c r="C844" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="B845">
-        <v>41751</v>
+        <v>42113</v>
       </c>
       <c r="C845" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B846">
+        <v>42279</v>
+      </c>
+      <c r="C846" t="s">
         <v>1453</v>
-      </c>
-[...4 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="B847">
-        <v>41812</v>
+        <v>42281</v>
       </c>
       <c r="C847" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B848">
-        <v>41836</v>
+        <v>42283</v>
       </c>
       <c r="C848" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
         <v>1458</v>
       </c>
       <c r="B849">
-        <v>41844</v>
+        <v>42285</v>
       </c>
       <c r="C849" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
-        <v>1460</v>
+        <v>1459</v>
       </c>
       <c r="B850">
-        <v>41849</v>
+        <v>42287</v>
       </c>
       <c r="C850" t="s">
-        <v>1461</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="B851">
-        <v>42109</v>
+        <v>42329</v>
       </c>
       <c r="C851" t="s">
-        <v>1463</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="B852">
-        <v>42113</v>
+        <v>42349</v>
       </c>
       <c r="C852" t="s">
-        <v>1463</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="B853">
-        <v>42279</v>
+        <v>42349</v>
       </c>
       <c r="C853" t="s">
-        <v>1463</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="B854">
-        <v>42281</v>
+        <v>42389</v>
       </c>
       <c r="C854" t="s">
-        <v>1463</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="B855">
-        <v>42283</v>
+        <v>42489</v>
       </c>
       <c r="C855" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
       <c r="B856">
-        <v>42285</v>
+        <v>42549</v>
       </c>
       <c r="C856" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
-        <v>1469</v>
+        <v>1468</v>
       </c>
       <c r="B857">
-        <v>42287</v>
+        <v>42551</v>
       </c>
       <c r="C857" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B858">
-        <v>42329</v>
+        <v>42553</v>
       </c>
       <c r="C858" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B859">
+        <v>42579</v>
+      </c>
+      <c r="C859" t="s">
         <v>1471</v>
-      </c>
-[...4 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
         <v>1472</v>
       </c>
       <c r="B860">
-        <v>42349</v>
+        <v>42653</v>
       </c>
       <c r="C860" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B861">
+        <v>42653</v>
+      </c>
+      <c r="C861" t="s">
         <v>1473</v>
-      </c>
-[...4 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B862">
-        <v>42489</v>
+        <v>42653</v>
       </c>
       <c r="C862" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
         <v>1476</v>
       </c>
       <c r="B863">
-        <v>42549</v>
+        <v>42697</v>
       </c>
       <c r="C863" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B864">
+        <v>42781</v>
+      </c>
+      <c r="C864" t="s">
         <v>1478</v>
-      </c>
-[...4 lines deleted...]
-        <v>1477</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
         <v>1479</v>
       </c>
       <c r="B865">
-        <v>42553</v>
+        <v>42855</v>
       </c>
       <c r="C865" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B866">
+        <v>42899</v>
+      </c>
+      <c r="C866" t="s">
         <v>1480</v>
-      </c>
-[...4 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
         <v>1482</v>
       </c>
       <c r="B867">
-        <v>42653</v>
+        <v>42899</v>
       </c>
       <c r="C867" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B868">
+        <v>42929</v>
+      </c>
+      <c r="C868" t="s">
         <v>1484</v>
-      </c>
-[...4 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
         <v>1485</v>
       </c>
       <c r="B869">
-        <v>42653</v>
+        <v>42929</v>
       </c>
       <c r="C869" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
         <v>1486</v>
       </c>
       <c r="B870">
-        <v>42697</v>
+        <v>44135</v>
       </c>
       <c r="C870" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B871">
+        <v>44137</v>
+      </c>
+      <c r="C871" t="s">
         <v>1487</v>
-      </c>
-[...4 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
         <v>1489</v>
       </c>
       <c r="B872">
-        <v>42855</v>
+        <v>44139</v>
       </c>
       <c r="C872" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
-        <v>1491</v>
+        <v>1490</v>
       </c>
       <c r="B873">
-        <v>42899</v>
+        <v>44141</v>
       </c>
       <c r="C873" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="B874">
-        <v>42899</v>
+        <v>44143</v>
       </c>
       <c r="C874" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
-        <v>1493</v>
+        <v>1492</v>
       </c>
       <c r="B875">
-        <v>42929</v>
+        <v>44147</v>
       </c>
       <c r="C875" t="s">
-        <v>1494</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="B876">
-        <v>42929</v>
+        <v>44147</v>
       </c>
       <c r="C876" t="s">
-        <v>1494</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="B877">
-        <v>44135</v>
+        <v>44225</v>
       </c>
       <c r="C877" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="B878">
-        <v>44137</v>
+        <v>44225</v>
       </c>
       <c r="C878" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="B879">
-        <v>44139</v>
+        <v>44265</v>
       </c>
       <c r="C879" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
       <c r="B880">
-        <v>44141</v>
+        <v>44309</v>
       </c>
       <c r="C880" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="B881">
-        <v>44143</v>
+        <v>44309</v>
       </c>
       <c r="C881" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
       <c r="B882">
-        <v>44147</v>
+        <v>44319</v>
       </c>
       <c r="C882" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="B883">
-        <v>44147</v>
+        <v>44328</v>
       </c>
       <c r="C883" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="B884">
-        <v>44225</v>
+        <v>44359</v>
       </c>
       <c r="C884" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="B885">
-        <v>44225</v>
+        <v>44359</v>
       </c>
       <c r="C885" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="B886">
-        <v>44265</v>
+        <v>44379</v>
       </c>
       <c r="C886" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="B887">
-        <v>44309</v>
+        <v>44379</v>
       </c>
       <c r="C887" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="B888">
-        <v>44309</v>
+        <v>44388</v>
       </c>
       <c r="C888" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="B889">
-        <v>44319</v>
+        <v>44532</v>
       </c>
       <c r="C889" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="B890">
-        <v>44328</v>
+        <v>44534</v>
       </c>
       <c r="C890" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
       <c r="B891">
-        <v>44359</v>
+        <v>44536</v>
       </c>
       <c r="C891" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
       <c r="B892">
-        <v>44359</v>
+        <v>44536</v>
       </c>
       <c r="C892" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="B893">
-        <v>44379</v>
+        <v>44575</v>
       </c>
       <c r="C893" t="s">
-        <v>1497</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B894">
+        <v>44625</v>
+      </c>
+      <c r="C894" t="s">
         <v>1514</v>
-      </c>
-[...4 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
         <v>1515</v>
       </c>
       <c r="B895">
-        <v>44388</v>
+        <v>44625</v>
       </c>
       <c r="C895" t="s">
-        <v>1497</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
         <v>1516</v>
       </c>
       <c r="B896">
-        <v>44532</v>
+        <v>44789</v>
       </c>
       <c r="C896" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
         <v>1518</v>
       </c>
       <c r="B897">
-        <v>44534</v>
+        <v>44789</v>
       </c>
       <c r="C897" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
         <v>1519</v>
       </c>
       <c r="B898">
-        <v>44536</v>
+        <v>44793</v>
       </c>
       <c r="C898" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
         <v>1520</v>
       </c>
       <c r="B899">
-        <v>44536</v>
+        <v>44795</v>
       </c>
       <c r="C899" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
         <v>1521</v>
       </c>
       <c r="B900">
-        <v>44575</v>
+        <v>44805</v>
       </c>
       <c r="C900" t="s">
-        <v>1522</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="B901">
-        <v>44625</v>
+        <v>44807</v>
       </c>
       <c r="C901" t="s">
-        <v>1524</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="B902">
-        <v>44625</v>
+        <v>44809</v>
       </c>
       <c r="C902" t="s">
-        <v>1524</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="B903">
-        <v>44789</v>
+        <v>44809</v>
       </c>
       <c r="C903" t="s">
-        <v>1527</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="B904">
-        <v>44789</v>
+        <v>44867</v>
       </c>
       <c r="C904" t="s">
-        <v>1527</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="B905">
-        <v>44791</v>
+        <v>44892</v>
       </c>
       <c r="C905" t="s">
-        <v>1527</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
-        <v>1530</v>
+        <v>1527</v>
       </c>
       <c r="B906">
-        <v>44791</v>
+        <v>44894</v>
       </c>
       <c r="C906" t="s">
-        <v>1527</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="B907">
-        <v>44793</v>
+        <v>45131</v>
       </c>
       <c r="C907" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="B908">
-        <v>44795</v>
+        <v>45131</v>
       </c>
       <c r="C908" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
       <c r="B909">
-        <v>44795</v>
+        <v>45136</v>
       </c>
       <c r="C909" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="B910">
-        <v>44797</v>
+        <v>45138</v>
       </c>
       <c r="C910" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="B911">
-        <v>44805</v>
+        <v>45139</v>
       </c>
       <c r="C911" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="B912">
-        <v>44807</v>
+        <v>45141</v>
       </c>
       <c r="C912" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="B913">
-        <v>44809</v>
+        <v>45141</v>
       </c>
       <c r="C913" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="B914">
-        <v>44809</v>
+        <v>45144</v>
       </c>
       <c r="C914" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
       <c r="B915">
-        <v>44866</v>
+        <v>45147</v>
       </c>
       <c r="C915" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="B916">
-        <v>44867</v>
+        <v>45219</v>
       </c>
       <c r="C916" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="B917">
-        <v>44892</v>
+        <v>45239</v>
       </c>
       <c r="C917" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="B918">
-        <v>44894</v>
+        <v>45257</v>
       </c>
       <c r="C918" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
-        <v>1543</v>
+        <v>1541</v>
       </c>
       <c r="B919">
-        <v>45131</v>
+        <v>45307</v>
       </c>
       <c r="C919" t="s">
-        <v>1544</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="B920">
-        <v>45131</v>
+        <v>45326</v>
       </c>
       <c r="C920" t="s">
-        <v>1544</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="B921">
-        <v>45136</v>
+        <v>45326</v>
       </c>
       <c r="C921" t="s">
-        <v>1544</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="B922">
-        <v>45138</v>
+        <v>45329</v>
       </c>
       <c r="C922" t="s">
-        <v>1544</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="B923">
-        <v>45139</v>
+        <v>45356</v>
       </c>
       <c r="C923" t="s">
-        <v>1544</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="B924">
-        <v>45141</v>
+        <v>45356</v>
       </c>
       <c r="C924" t="s">
-        <v>1544</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="B925">
-        <v>45141</v>
+        <v>45359</v>
       </c>
       <c r="C925" t="s">
-        <v>1544</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="B926">
-        <v>45144</v>
+        <v>45470</v>
       </c>
       <c r="C926" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="B927">
-        <v>45147</v>
+        <v>45472</v>
       </c>
       <c r="C927" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" t="s">
-        <v>1553</v>
+        <v>1551</v>
       </c>
       <c r="B928">
-        <v>45219</v>
+        <v>45473</v>
       </c>
       <c r="C928" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="B929">
-        <v>45239</v>
+        <v>45476</v>
       </c>
       <c r="C929" t="s">
-        <v>1544</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="B930">
-        <v>45257</v>
+        <v>45481</v>
       </c>
       <c r="C930" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B931">
+        <v>45549</v>
+      </c>
+      <c r="C931" t="s">
         <v>1556</v>
-      </c>
-[...4 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" t="s">
         <v>1557</v>
       </c>
       <c r="B932">
-        <v>45326</v>
+        <v>45549</v>
       </c>
       <c r="C932" t="s">
-        <v>1544</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" t="s">
         <v>1558</v>
       </c>
       <c r="B933">
-        <v>45326</v>
+        <v>45657</v>
       </c>
       <c r="C933" t="s">
-        <v>1544</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B934">
+        <v>45659</v>
+      </c>
+      <c r="C934" t="s">
         <v>1559</v>
-      </c>
-[...4 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B935">
-        <v>45356</v>
+        <v>45661</v>
       </c>
       <c r="C935" t="s">
-        <v>1544</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="B936">
-        <v>45356</v>
+        <v>45699</v>
       </c>
       <c r="C936" t="s">
-        <v>1544</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="B937">
-        <v>45359</v>
+        <v>45699</v>
       </c>
       <c r="C937" t="s">
-        <v>1544</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="B938">
-        <v>45470</v>
+        <v>45711</v>
       </c>
       <c r="C938" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="B939">
-        <v>45472</v>
+        <v>45721</v>
       </c>
       <c r="C939" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="B940">
-        <v>45473</v>
+        <v>45721</v>
       </c>
       <c r="C940" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="B941">
-        <v>45476</v>
+        <v>45739</v>
       </c>
       <c r="C941" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="B942">
-        <v>45481</v>
+        <v>45768</v>
       </c>
       <c r="C942" t="s">
-        <v>1564</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="B943">
-        <v>45549</v>
+        <v>45772</v>
       </c>
       <c r="C943" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="B944">
-        <v>45549</v>
+        <v>45881</v>
       </c>
       <c r="C944" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="B945">
-        <v>45657</v>
+        <v>45881</v>
       </c>
       <c r="C945" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="B946">
-        <v>45659</v>
+        <v>45886</v>
       </c>
       <c r="C946" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B947">
-        <v>45661</v>
+        <v>45889</v>
       </c>
       <c r="C947" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B948">
+        <v>45891</v>
+      </c>
+      <c r="C948" t="s">
         <v>1577</v>
-      </c>
-[...4 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="B949">
-        <v>45699</v>
+        <v>45892</v>
       </c>
       <c r="C949" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="B950">
-        <v>45699</v>
+        <v>45894</v>
       </c>
       <c r="C950" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="B951">
-        <v>45711</v>
+        <v>45896</v>
       </c>
       <c r="C951" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="B952">
-        <v>45721</v>
+        <v>45964</v>
       </c>
       <c r="C952" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="B953">
-        <v>45721</v>
+        <v>45968</v>
       </c>
       <c r="C953" t="s">
         <v>1586</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B954">
-        <v>45739</v>
+        <v>46045</v>
       </c>
       <c r="C954" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B955">
+        <v>46045</v>
+      </c>
+      <c r="C955" t="s">
         <v>1589</v>
-      </c>
-[...4 lines deleted...]
-        <v>1590</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" t="s">
         <v>1591</v>
       </c>
       <c r="B956">
-        <v>45772</v>
+        <v>46049</v>
       </c>
       <c r="C956" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" t="s">
         <v>1592</v>
       </c>
       <c r="B957">
-        <v>45881</v>
+        <v>46117</v>
       </c>
       <c r="C957" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
       <c r="B958">
-        <v>45881</v>
+        <v>46117</v>
       </c>
       <c r="C958" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="B959">
-        <v>45886</v>
+        <v>46145</v>
       </c>
       <c r="C959" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" t="s">
-        <v>1596</v>
+        <v>1595</v>
       </c>
       <c r="B960">
-        <v>45889</v>
+        <v>46147</v>
       </c>
       <c r="C960" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" t="s">
-        <v>1597</v>
+        <v>1596</v>
       </c>
       <c r="B961">
-        <v>45891</v>
+        <v>46147</v>
       </c>
       <c r="C961" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="B962">
-        <v>45892</v>
+        <v>46147</v>
       </c>
       <c r="C962" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B963">
+        <v>46236</v>
+      </c>
+      <c r="C963" t="s">
         <v>1599</v>
-      </c>
-[...4 lines deleted...]
-        <v>1593</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" t="s">
         <v>1600</v>
       </c>
       <c r="B964">
-        <v>45896</v>
+        <v>46236</v>
       </c>
       <c r="C964" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" t="s">
         <v>1601</v>
       </c>
       <c r="B965">
-        <v>45964</v>
+        <v>46238</v>
       </c>
       <c r="C965" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" t="s">
-        <v>1603</v>
+        <v>1602</v>
       </c>
       <c r="B966">
-        <v>45968</v>
+        <v>46238</v>
       </c>
       <c r="C966" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B967">
+        <v>46286</v>
+      </c>
+      <c r="C967" t="s">
         <v>1604</v>
-      </c>
-[...4 lines deleted...]
-        <v>1605</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B968">
+        <v>46397</v>
+      </c>
+      <c r="C968" t="s">
         <v>1606</v>
-      </c>
-[...4 lines deleted...]
-        <v>1605</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" t="s">
         <v>1607</v>
       </c>
       <c r="B969">
-        <v>46049</v>
+        <v>46399</v>
       </c>
       <c r="C969" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" t="s">
         <v>1608</v>
       </c>
       <c r="B970">
-        <v>46117</v>
+        <v>46419</v>
       </c>
       <c r="C970" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B971">
-        <v>46117</v>
+        <v>46446</v>
       </c>
       <c r="C971" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="B972">
-        <v>46145</v>
+        <v>46446</v>
       </c>
       <c r="C972" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="B973">
-        <v>46147</v>
+        <v>46483</v>
       </c>
       <c r="C973" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="B974">
-        <v>46147</v>
+        <v>46485</v>
       </c>
       <c r="C974" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="B975">
-        <v>46147</v>
+        <v>46562</v>
       </c>
       <c r="C975" t="s">
-        <v>1605</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="B976">
-        <v>46236</v>
+        <v>46562</v>
       </c>
       <c r="C976" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="B977">
-        <v>46236</v>
+        <v>46562</v>
       </c>
       <c r="C977" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="B978">
-        <v>46238</v>
+        <v>46569</v>
       </c>
       <c r="C978" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="B979">
-        <v>46238</v>
+        <v>46569</v>
       </c>
       <c r="C979" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="B980">
-        <v>46286</v>
+        <v>47058</v>
       </c>
       <c r="C980" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="B981">
-        <v>46397</v>
+        <v>47119</v>
       </c>
       <c r="C981" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="B982">
-        <v>46399</v>
+        <v>47139</v>
       </c>
       <c r="C982" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B983">
+        <v>47166</v>
+      </c>
+      <c r="C983" t="s">
         <v>1624</v>
-      </c>
-[...4 lines deleted...]
-        <v>1625</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="B984">
-        <v>46446</v>
+        <v>47169</v>
       </c>
       <c r="C984" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B985">
-        <v>46446</v>
+        <v>47226</v>
       </c>
       <c r="C985" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B986">
-        <v>46483</v>
+        <v>47228</v>
       </c>
       <c r="C986" t="s">
-        <v>1630</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" t="s">
         <v>1631</v>
       </c>
       <c r="B987">
-        <v>46485</v>
+        <v>47441</v>
       </c>
       <c r="C987" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B988">
+        <v>47441</v>
+      </c>
+      <c r="C988" t="s">
         <v>1632</v>
-      </c>
-[...4 lines deleted...]
-        <v>1633</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" t="s">
         <v>1634</v>
       </c>
       <c r="B989">
-        <v>46562</v>
+        <v>47475</v>
       </c>
       <c r="C989" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="B990">
-        <v>46562</v>
+        <v>47506</v>
       </c>
       <c r="C990" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="B991">
-        <v>46569</v>
+        <v>47533</v>
       </c>
       <c r="C991" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="B992">
-        <v>46569</v>
+        <v>47559</v>
       </c>
       <c r="C992" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="B993">
-        <v>47058</v>
+        <v>47589</v>
       </c>
       <c r="C993" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="B994">
-        <v>47119</v>
+        <v>47638</v>
       </c>
       <c r="C994" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="B995">
-        <v>47139</v>
+        <v>47647</v>
       </c>
       <c r="C995" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="B996">
-        <v>47166</v>
+        <v>47652</v>
       </c>
       <c r="C996" t="s">
-        <v>1640</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="B997">
-        <v>47169</v>
+        <v>47652</v>
       </c>
       <c r="C997" t="s">
-        <v>1640</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" t="s">
-        <v>1645</v>
+        <v>1567</v>
       </c>
       <c r="B998">
-        <v>47226</v>
+        <v>47661</v>
       </c>
       <c r="C998" t="s">
-        <v>1640</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="B999">
-        <v>47228</v>
+        <v>47669</v>
       </c>
       <c r="C999" t="s">
-        <v>1640</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
       <c r="B1000">
-        <v>47441</v>
+        <v>47803</v>
       </c>
       <c r="C1000" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="B1001">
-        <v>47441</v>
+        <v>47805</v>
       </c>
       <c r="C1001" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="B1002">
-        <v>47475</v>
+        <v>47805</v>
       </c>
       <c r="C1002" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="B1003">
-        <v>47506</v>
+        <v>47807</v>
       </c>
       <c r="C1003" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="B1004">
-        <v>47533</v>
+        <v>47809</v>
       </c>
       <c r="C1004" t="s">
         <v>1655</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="B1005">
-        <v>47559</v>
+        <v>47839</v>
       </c>
       <c r="C1005" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="B1006">
-        <v>47589</v>
+        <v>47877</v>
       </c>
       <c r="C1006" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="B1007">
-        <v>47638</v>
+        <v>47877</v>
       </c>
       <c r="C1007" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B1008">
+        <v>47877</v>
+      </c>
+      <c r="C1008" t="s">
         <v>1662</v>
-      </c>
-[...4 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B1009">
-        <v>47652</v>
+        <v>47906</v>
       </c>
       <c r="C1009" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="B1010">
-        <v>47652</v>
+        <v>48149</v>
       </c>
       <c r="C1010" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" t="s">
-        <v>1583</v>
+        <v>1669</v>
       </c>
       <c r="B1011">
-        <v>47661</v>
+        <v>48153</v>
       </c>
       <c r="C1011" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B1012">
+        <v>48161</v>
+      </c>
+      <c r="C1012" t="s">
         <v>1668</v>
-      </c>
-[...4 lines deleted...]
-        <v>1669</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B1013">
-        <v>47803</v>
+        <v>48231</v>
       </c>
       <c r="C1013" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B1014">
-        <v>47805</v>
+        <v>48282</v>
       </c>
       <c r="C1014" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="B1015">
-        <v>47805</v>
+        <v>48301</v>
       </c>
       <c r="C1015" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="B1016">
-        <v>47807</v>
+        <v>48308</v>
       </c>
       <c r="C1016" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="B1017">
-        <v>47809</v>
+        <v>48431</v>
       </c>
       <c r="C1017" t="s">
-        <v>1671</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="B1018">
-        <v>47839</v>
+        <v>48455</v>
       </c>
       <c r="C1018" t="s">
-        <v>1671</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="B1019">
-        <v>47877</v>
+        <v>48493</v>
       </c>
       <c r="C1019" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="B1020">
-        <v>47877</v>
+        <v>48499</v>
       </c>
       <c r="C1020" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
       <c r="B1021">
-        <v>47877</v>
+        <v>48499</v>
       </c>
       <c r="C1021" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="B1022">
-        <v>47906</v>
+        <v>48529</v>
       </c>
       <c r="C1022" t="s">
-        <v>1682</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="B1023">
-        <v>48149</v>
+        <v>48599</v>
       </c>
       <c r="C1023" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="B1024">
-        <v>48153</v>
+        <v>48653</v>
       </c>
       <c r="C1024" t="s">
-        <v>1684</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" t="s">
-        <v>1686</v>
+        <v>1694</v>
       </c>
       <c r="B1025">
-        <v>48161</v>
+        <v>48683</v>
       </c>
       <c r="C1025" t="s">
-        <v>1684</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="B1026">
-        <v>48231</v>
+        <v>48703</v>
       </c>
       <c r="C1026" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="B1027">
-        <v>48282</v>
+        <v>48727</v>
       </c>
       <c r="C1027" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="B1028">
-        <v>48301</v>
+        <v>49074</v>
       </c>
       <c r="C1028" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="B1029">
-        <v>48308</v>
+        <v>49078</v>
       </c>
       <c r="C1029" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="B1030">
-        <v>48431</v>
+        <v>49086</v>
       </c>
       <c r="C1030" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" t="s">
-        <v>1697</v>
+        <v>1704</v>
       </c>
       <c r="B1031">
-        <v>48455</v>
+        <v>49090</v>
       </c>
       <c r="C1031" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="B1032">
-        <v>48493</v>
+        <v>49090</v>
       </c>
       <c r="C1032" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="B1033">
-        <v>48499</v>
+        <v>49134</v>
       </c>
       <c r="C1033" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="B1034">
-        <v>48499</v>
+        <v>49152</v>
       </c>
       <c r="C1034" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="B1035">
-        <v>48529</v>
+        <v>49205</v>
       </c>
       <c r="C1035" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="B1036">
-        <v>48599</v>
+        <v>49326</v>
       </c>
       <c r="C1036" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="B1037">
-        <v>48653</v>
+        <v>49328</v>
       </c>
       <c r="C1037" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" t="s">
-        <v>1710</v>
+        <v>1715</v>
       </c>
       <c r="B1038">
-        <v>48683</v>
+        <v>49356</v>
       </c>
       <c r="C1038" t="s">
-        <v>1711</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" t="s">
-        <v>1712</v>
+        <v>1717</v>
       </c>
       <c r="B1039">
-        <v>48703</v>
+        <v>49377</v>
       </c>
       <c r="C1039" t="s">
-        <v>1713</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
       <c r="B1040">
-        <v>48727</v>
+        <v>49377</v>
       </c>
       <c r="C1040" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="B1041">
-        <v>49074</v>
+        <v>49393</v>
       </c>
       <c r="C1041" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="B1042">
-        <v>49078</v>
+        <v>49413</v>
       </c>
       <c r="C1042" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" t="s">
-        <v>1719</v>
+        <v>1724</v>
       </c>
       <c r="B1043">
-        <v>49086</v>
+        <v>49434</v>
       </c>
       <c r="C1043" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="B1044">
-        <v>49090</v>
+        <v>49439</v>
       </c>
       <c r="C1044" t="s">
-        <v>1717</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="B1045">
-        <v>49090</v>
+        <v>49509</v>
       </c>
       <c r="C1045" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
       <c r="B1046">
-        <v>49134</v>
+        <v>49525</v>
       </c>
       <c r="C1046" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" t="s">
-        <v>1724</v>
+        <v>910</v>
       </c>
       <c r="B1047">
-        <v>49152</v>
+        <v>49545</v>
       </c>
       <c r="C1047" t="s">
-        <v>1725</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="B1048">
-        <v>49205</v>
+        <v>49549</v>
       </c>
       <c r="C1048" t="s">
-        <v>1727</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
       <c r="B1049">
-        <v>49326</v>
+        <v>49565</v>
       </c>
       <c r="C1049" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="B1050">
-        <v>49328</v>
+        <v>49584</v>
       </c>
       <c r="C1050" t="s">
-        <v>1729</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="B1051">
-        <v>49356</v>
+        <v>49624</v>
       </c>
       <c r="C1051" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
       <c r="B1052">
-        <v>49377</v>
+        <v>49716</v>
       </c>
       <c r="C1052" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
       <c r="B1053">
-        <v>49377</v>
+        <v>49733</v>
       </c>
       <c r="C1053" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
       <c r="B1054">
-        <v>49393</v>
+        <v>49751</v>
       </c>
       <c r="C1054" t="s">
-        <v>1737</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" t="s">
-        <v>1738</v>
+        <v>1747</v>
       </c>
       <c r="B1055">
-        <v>49413</v>
+        <v>49751</v>
       </c>
       <c r="C1055" t="s">
-        <v>1739</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="B1056">
-        <v>49434</v>
+        <v>49762</v>
       </c>
       <c r="C1056" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="B1057">
-        <v>49439</v>
+        <v>49808</v>
       </c>
       <c r="C1057" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="B1058">
-        <v>49509</v>
+        <v>49809</v>
       </c>
       <c r="C1058" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" t="s">
-        <v>1746</v>
+        <v>1753</v>
       </c>
       <c r="B1059">
-        <v>49525</v>
+        <v>49809</v>
       </c>
       <c r="C1059" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" t="s">
-        <v>916</v>
+        <v>1754</v>
       </c>
       <c r="B1060">
-        <v>49545</v>
+        <v>49811</v>
       </c>
       <c r="C1060" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="B1061">
-        <v>49549</v>
+        <v>49824</v>
       </c>
       <c r="C1061" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" t="s">
-        <v>1751</v>
+        <v>1757</v>
       </c>
       <c r="B1062">
-        <v>49565</v>
+        <v>49835</v>
       </c>
       <c r="C1062" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="B1063">
-        <v>49584</v>
+        <v>50126</v>
       </c>
       <c r="C1063" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="B1064">
-        <v>49624</v>
+        <v>50129</v>
       </c>
       <c r="C1064" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="B1065">
-        <v>49716</v>
+        <v>50169</v>
       </c>
       <c r="C1065" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="B1066">
-        <v>49733</v>
+        <v>50169</v>
       </c>
       <c r="C1066" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="B1067">
-        <v>49751</v>
+        <v>50170</v>
       </c>
       <c r="C1067" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="B1068">
-        <v>49751</v>
+        <v>50170</v>
       </c>
       <c r="C1068" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="B1069">
-        <v>49762</v>
+        <v>50181</v>
       </c>
       <c r="C1069" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="B1070">
-        <v>49808</v>
+        <v>50181</v>
       </c>
       <c r="C1070" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="B1071">
-        <v>49809</v>
+        <v>50226</v>
       </c>
       <c r="C1071" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="B1072">
-        <v>49809</v>
+        <v>50226</v>
       </c>
       <c r="C1072" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="B1073">
-        <v>49811</v>
+        <v>50259</v>
       </c>
       <c r="C1073" t="s">
-        <v>1767</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="B1074">
-        <v>49824</v>
+        <v>50259</v>
       </c>
       <c r="C1074" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="B1075">
-        <v>49835</v>
+        <v>50321</v>
       </c>
       <c r="C1075" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="B1076">
-        <v>50126</v>
+        <v>50321</v>
       </c>
       <c r="C1076" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="B1077">
-        <v>50129</v>
+        <v>50354</v>
       </c>
       <c r="C1077" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="B1078">
-        <v>50169</v>
+        <v>50354</v>
       </c>
       <c r="C1078" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" t="s">
-        <v>1780</v>
+        <v>877</v>
       </c>
       <c r="B1079">
-        <v>50169</v>
+        <v>50354</v>
       </c>
       <c r="C1079" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B1080">
-        <v>50170</v>
+        <v>50374</v>
       </c>
       <c r="C1080" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="B1081">
-        <v>50170</v>
+        <v>50389</v>
       </c>
       <c r="C1081" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="B1082">
-        <v>50181</v>
+        <v>50668</v>
       </c>
       <c r="C1082" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="B1083">
-        <v>50181</v>
+        <v>50679</v>
       </c>
       <c r="C1083" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="B1084">
-        <v>50226</v>
+        <v>50735</v>
       </c>
       <c r="C1084" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="B1085">
-        <v>50226</v>
+        <v>50735</v>
       </c>
       <c r="C1085" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="B1086">
-        <v>50259</v>
+        <v>50737</v>
       </c>
       <c r="C1086" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B1087">
-        <v>50259</v>
+        <v>50739</v>
       </c>
       <c r="C1087" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="B1088">
-        <v>50321</v>
+        <v>50739</v>
       </c>
       <c r="C1088" t="s">
-        <v>1794</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" t="s">
         <v>1795</v>
       </c>
       <c r="B1089">
-        <v>50321</v>
+        <v>50739</v>
       </c>
       <c r="C1089" t="s">
-        <v>1794</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" t="s">
         <v>1796</v>
       </c>
       <c r="B1090">
-        <v>50354</v>
+        <v>50765</v>
       </c>
       <c r="C1090" t="s">
-        <v>1797</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="B1091">
-        <v>50354</v>
+        <v>50767</v>
       </c>
       <c r="C1091" t="s">
-        <v>1797</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" t="s">
-        <v>883</v>
+        <v>1798</v>
       </c>
       <c r="B1092">
-        <v>50354</v>
+        <v>50769</v>
       </c>
       <c r="C1092" t="s">
-        <v>1797</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" t="s">
         <v>1799</v>
       </c>
       <c r="B1093">
-        <v>50374</v>
+        <v>50825</v>
       </c>
       <c r="C1093" t="s">
-        <v>1800</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
       <c r="B1094">
-        <v>50389</v>
+        <v>50827</v>
       </c>
       <c r="C1094" t="s">
-        <v>1802</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" t="s">
-        <v>1803</v>
+        <v>1801</v>
       </c>
       <c r="B1095">
-        <v>50668</v>
+        <v>50858</v>
       </c>
       <c r="C1095" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" t="s">
-        <v>1805</v>
+        <v>1802</v>
       </c>
       <c r="B1096">
-        <v>50679</v>
+        <v>50858</v>
       </c>
       <c r="C1096" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" t="s">
-        <v>1806</v>
+        <v>1803</v>
       </c>
       <c r="B1097">
-        <v>50735</v>
+        <v>50931</v>
       </c>
       <c r="C1097" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" t="s">
-        <v>1807</v>
+        <v>1804</v>
       </c>
       <c r="B1098">
-        <v>50735</v>
+        <v>50933</v>
       </c>
       <c r="C1098" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" t="s">
-        <v>1808</v>
+        <v>1805</v>
       </c>
       <c r="B1099">
-        <v>50737</v>
+        <v>50968</v>
       </c>
       <c r="C1099" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" t="s">
-        <v>1809</v>
+        <v>1806</v>
       </c>
       <c r="B1100">
-        <v>50739</v>
+        <v>50969</v>
       </c>
       <c r="C1100" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" t="s">
-        <v>1810</v>
+        <v>1807</v>
       </c>
       <c r="B1101">
-        <v>50739</v>
+        <v>50999</v>
       </c>
       <c r="C1101" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" t="s">
-        <v>1811</v>
+        <v>1808</v>
       </c>
       <c r="B1102">
-        <v>50739</v>
+        <v>51061</v>
       </c>
       <c r="C1102" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" t="s">
-        <v>1812</v>
+        <v>1809</v>
       </c>
       <c r="B1103">
-        <v>50765</v>
+        <v>51063</v>
       </c>
       <c r="C1103" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" t="s">
-        <v>1813</v>
+        <v>1810</v>
       </c>
       <c r="B1104">
-        <v>50767</v>
+        <v>51063</v>
       </c>
       <c r="C1104" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" t="s">
-        <v>1814</v>
+        <v>1811</v>
       </c>
       <c r="B1105">
-        <v>50769</v>
+        <v>51065</v>
       </c>
       <c r="C1105" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" t="s">
-        <v>1815</v>
+        <v>1812</v>
       </c>
       <c r="B1106">
-        <v>50825</v>
+        <v>51067</v>
       </c>
       <c r="C1106" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" t="s">
-        <v>1816</v>
+        <v>1813</v>
       </c>
       <c r="B1107">
-        <v>50827</v>
+        <v>51069</v>
       </c>
       <c r="C1107" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" t="s">
-        <v>1817</v>
+        <v>1814</v>
       </c>
       <c r="B1108">
-        <v>50858</v>
+        <v>51103</v>
       </c>
       <c r="C1108" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" t="s">
-        <v>1818</v>
+        <v>1815</v>
       </c>
       <c r="B1109">
-        <v>50858</v>
+        <v>51105</v>
       </c>
       <c r="C1109" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" t="s">
-        <v>1819</v>
+        <v>1816</v>
       </c>
       <c r="B1110">
-        <v>50931</v>
+        <v>51107</v>
       </c>
       <c r="C1110" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" t="s">
-        <v>1820</v>
+        <v>1817</v>
       </c>
       <c r="B1111">
-        <v>50933</v>
+        <v>51109</v>
       </c>
       <c r="C1111" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" t="s">
-        <v>1821</v>
+        <v>1818</v>
       </c>
       <c r="B1112">
-        <v>50968</v>
+        <v>51109</v>
       </c>
       <c r="C1112" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" t="s">
-        <v>1822</v>
+        <v>1819</v>
       </c>
       <c r="B1113">
-        <v>50969</v>
+        <v>51145</v>
       </c>
       <c r="C1113" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" t="s">
-        <v>1823</v>
+        <v>1820</v>
       </c>
       <c r="B1114">
-        <v>50999</v>
+        <v>51149</v>
       </c>
       <c r="C1114" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" t="s">
-        <v>1824</v>
+        <v>1821</v>
       </c>
       <c r="B1115">
-        <v>51061</v>
+        <v>51149</v>
       </c>
       <c r="C1115" t="s">
-        <v>1804</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" t="s">
-        <v>1825</v>
+        <v>1822</v>
       </c>
       <c r="B1116">
-        <v>51063</v>
+        <v>51371</v>
       </c>
       <c r="C1116" t="s">
-        <v>1804</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
       <c r="B1117">
-        <v>51063</v>
+        <v>51373</v>
       </c>
       <c r="C1117" t="s">
-        <v>1804</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="B1118">
-        <v>51065</v>
+        <v>51375</v>
       </c>
       <c r="C1118" t="s">
-        <v>1804</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="B1119">
-        <v>51067</v>
+        <v>51377</v>
       </c>
       <c r="C1119" t="s">
-        <v>1804</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="B1120">
-        <v>51069</v>
+        <v>51379</v>
       </c>
       <c r="C1120" t="s">
-        <v>1804</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" t="s">
-        <v>1830</v>
+        <v>1828</v>
       </c>
       <c r="B1121">
-        <v>51103</v>
+        <v>51381</v>
       </c>
       <c r="C1121" t="s">
-        <v>1804</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" t="s">
-        <v>1831</v>
+        <v>1829</v>
       </c>
       <c r="B1122">
-        <v>51105</v>
+        <v>51399</v>
       </c>
       <c r="C1122" t="s">
-        <v>1804</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="B1123">
-        <v>51107</v>
+        <v>51399</v>
       </c>
       <c r="C1123" t="s">
-        <v>1804</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B1124">
+        <v>51429</v>
+      </c>
+      <c r="C1124" t="s">
         <v>1833</v>
-      </c>
-[...4 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" t="s">
         <v>1834</v>
       </c>
       <c r="B1125">
-        <v>51109</v>
+        <v>51467</v>
       </c>
       <c r="C1125" t="s">
-        <v>1804</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" t="s">
         <v>1835</v>
       </c>
       <c r="B1126">
-        <v>51145</v>
+        <v>51469</v>
       </c>
       <c r="C1126" t="s">
-        <v>1804</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" t="s">
         <v>1836</v>
       </c>
       <c r="B1127">
-        <v>51149</v>
+        <v>51519</v>
       </c>
       <c r="C1127" t="s">
-        <v>1804</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="B1128">
-        <v>51149</v>
+        <v>51545</v>
       </c>
       <c r="C1128" t="s">
-        <v>1804</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1129">
-        <v>51371</v>
+        <v>51643</v>
       </c>
       <c r="C1129" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="B1130">
-        <v>51373</v>
+        <v>51645</v>
       </c>
       <c r="C1130" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="B1131">
-        <v>51375</v>
+        <v>51674</v>
       </c>
       <c r="C1131" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="B1132">
-        <v>51377</v>
+        <v>51688</v>
       </c>
       <c r="C1132" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
       <c r="B1133">
-        <v>51379</v>
+        <v>51702</v>
       </c>
       <c r="C1133" t="s">
-        <v>1839</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="B1134">
-        <v>51381</v>
+        <v>51789</v>
       </c>
       <c r="C1134" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="B1135">
-        <v>51399</v>
+        <v>51789</v>
       </c>
       <c r="C1135" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="B1136">
-        <v>51399</v>
+        <v>52066</v>
       </c>
       <c r="C1136" t="s">
-        <v>1846</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
       <c r="B1137">
-        <v>51429</v>
+        <v>52068</v>
       </c>
       <c r="C1137" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="B1138">
-        <v>51467</v>
+        <v>52072</v>
       </c>
       <c r="C1138" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="B1139">
-        <v>51469</v>
+        <v>52076</v>
       </c>
       <c r="C1139" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="B1140">
-        <v>51519</v>
+        <v>52078</v>
       </c>
       <c r="C1140" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="B1141">
-        <v>51545</v>
+        <v>52134</v>
       </c>
       <c r="C1141" t="s">
-        <v>1855</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
       <c r="B1142">
-        <v>51643</v>
+        <v>52146</v>
       </c>
       <c r="C1142" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="B1143">
-        <v>51645</v>
+        <v>52146</v>
       </c>
       <c r="C1143" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
       <c r="B1144">
-        <v>51674</v>
+        <v>52156</v>
       </c>
       <c r="C1144" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="B1145">
-        <v>51688</v>
+        <v>52224</v>
       </c>
       <c r="C1145" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="B1146">
-        <v>51702</v>
+        <v>52249</v>
       </c>
       <c r="C1146" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="B1147">
-        <v>51789</v>
+        <v>52249</v>
       </c>
       <c r="C1147" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="B1148">
-        <v>51789</v>
+        <v>52349</v>
       </c>
       <c r="C1148" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B1149">
-        <v>52066</v>
+        <v>52353</v>
       </c>
       <c r="C1149" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="B1150">
-        <v>52068</v>
+        <v>52379</v>
       </c>
       <c r="C1150" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="B1151">
-        <v>52072</v>
+        <v>52382</v>
       </c>
       <c r="C1151" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="B1152">
-        <v>52076</v>
+        <v>52385</v>
       </c>
       <c r="C1152" t="s">
-        <v>1869</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="B1153">
-        <v>52078</v>
+        <v>52388</v>
       </c>
       <c r="C1153" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B1154">
-        <v>52134</v>
+        <v>52396</v>
       </c>
       <c r="C1154" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" t="s">
-        <v>1876</v>
+        <v>1883</v>
       </c>
       <c r="B1155">
-        <v>52146</v>
+        <v>52428</v>
       </c>
       <c r="C1155" t="s">
-        <v>1877</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" t="s">
-        <v>1878</v>
+        <v>1885</v>
       </c>
       <c r="B1156">
-        <v>52146</v>
+        <v>52428</v>
       </c>
       <c r="C1156" t="s">
-        <v>1877</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" t="s">
-        <v>1879</v>
+        <v>1886</v>
       </c>
       <c r="B1157">
-        <v>52156</v>
+        <v>52477</v>
       </c>
       <c r="C1157" t="s">
-        <v>1880</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" t="s">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="B1158">
-        <v>52224</v>
+        <v>52477</v>
       </c>
       <c r="C1158" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" t="s">
-        <v>1883</v>
+        <v>1889</v>
       </c>
       <c r="B1159">
-        <v>52249</v>
+        <v>52511</v>
       </c>
       <c r="C1159" t="s">
-        <v>1884</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" t="s">
-        <v>1885</v>
+        <v>1891</v>
       </c>
       <c r="B1160">
-        <v>52249</v>
+        <v>52525</v>
       </c>
       <c r="C1160" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" t="s">
-        <v>1886</v>
+        <v>1893</v>
       </c>
       <c r="B1161">
-        <v>52349</v>
+        <v>52531</v>
       </c>
       <c r="C1161" t="s">
-        <v>1887</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" t="s">
-        <v>1888</v>
+        <v>1895</v>
       </c>
       <c r="B1162">
-        <v>52353</v>
+        <v>52538</v>
       </c>
       <c r="C1162" t="s">
-        <v>1887</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
       <c r="B1163">
-        <v>52379</v>
+        <v>53111</v>
       </c>
       <c r="C1163" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="B1164">
-        <v>52382</v>
+        <v>53115</v>
       </c>
       <c r="C1164" t="s">
-        <v>1892</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" t="s">
-        <v>1893</v>
+        <v>1900</v>
       </c>
       <c r="B1165">
-        <v>52385</v>
+        <v>53119</v>
       </c>
       <c r="C1165" t="s">
-        <v>1894</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="B1166">
-        <v>52388</v>
+        <v>53119</v>
       </c>
       <c r="C1166" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="B1167">
-        <v>52396</v>
+        <v>53123</v>
       </c>
       <c r="C1167" t="s">
         <v>1898</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="B1168">
-        <v>52428</v>
+        <v>53175</v>
       </c>
       <c r="C1168" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="B1169">
-        <v>52428</v>
+        <v>53175</v>
       </c>
       <c r="C1169" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="B1170">
-        <v>52477</v>
+        <v>53177</v>
       </c>
       <c r="C1170" t="s">
-        <v>1903</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="B1171">
-        <v>52477</v>
+        <v>53227</v>
       </c>
       <c r="C1171" t="s">
-        <v>1903</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="B1172">
-        <v>52511</v>
+        <v>53340</v>
       </c>
       <c r="C1172" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="B1173">
-        <v>52525</v>
+        <v>53474</v>
       </c>
       <c r="C1173" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="B1174">
-        <v>52531</v>
+        <v>53474</v>
       </c>
       <c r="C1174" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="B1175">
-        <v>52538</v>
+        <v>53498</v>
       </c>
       <c r="C1175" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="B1176">
-        <v>53111</v>
+        <v>53506</v>
       </c>
       <c r="C1176" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="B1177">
-        <v>53115</v>
+        <v>53518</v>
       </c>
       <c r="C1177" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="B1178">
-        <v>53119</v>
+        <v>53534</v>
       </c>
       <c r="C1178" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="B1179">
-        <v>53119</v>
+        <v>53572</v>
       </c>
       <c r="C1179" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="B1180">
-        <v>53123</v>
+        <v>53577</v>
       </c>
       <c r="C1180" t="s">
-        <v>1914</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" t="s">
-        <v>1919</v>
+        <v>1476</v>
       </c>
       <c r="B1181">
-        <v>53175</v>
+        <v>53577</v>
       </c>
       <c r="C1181" t="s">
-        <v>1914</v>
+        <v>317</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="B1182">
-        <v>53175</v>
+        <v>53604</v>
       </c>
       <c r="C1182" t="s">
-        <v>1914</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="B1183">
-        <v>53177</v>
+        <v>53604</v>
       </c>
       <c r="C1183" t="s">
-        <v>1914</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="B1184">
-        <v>53227</v>
+        <v>53639</v>
       </c>
       <c r="C1184" t="s">
-        <v>1914</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" t="s">
-        <v>1923</v>
+        <v>1930</v>
       </c>
       <c r="B1185">
-        <v>53340</v>
+        <v>53639</v>
       </c>
       <c r="C1185" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="B1186">
-        <v>53474</v>
+        <v>53639</v>
       </c>
       <c r="C1186" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="B1187">
-        <v>53474</v>
+        <v>53721</v>
       </c>
       <c r="C1187" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="B1188">
-        <v>53498</v>
+        <v>53757</v>
       </c>
       <c r="C1188" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="B1189">
-        <v>53506</v>
+        <v>53757</v>
       </c>
       <c r="C1189" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" t="s">
-        <v>1933</v>
+        <v>1937</v>
       </c>
       <c r="B1190">
-        <v>53518</v>
+        <v>53783</v>
       </c>
       <c r="C1190" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="B1191">
-        <v>53534</v>
+        <v>53804</v>
       </c>
       <c r="C1191" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="B1192">
-        <v>53572</v>
+        <v>53809</v>
       </c>
       <c r="C1192" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="B1193">
-        <v>53577</v>
+        <v>53840</v>
       </c>
       <c r="C1193" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" t="s">
-        <v>1486</v>
+        <v>1945</v>
       </c>
       <c r="B1194">
-        <v>53577</v>
+        <v>53842</v>
       </c>
       <c r="C1194" t="s">
-        <v>317</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="B1195">
-        <v>53604</v>
+        <v>53842</v>
       </c>
       <c r="C1195" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="B1196">
-        <v>53604</v>
+        <v>53879</v>
       </c>
       <c r="C1196" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="B1197">
-        <v>53639</v>
+        <v>53879</v>
       </c>
       <c r="C1197" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="B1198">
-        <v>53639</v>
+        <v>53881</v>
       </c>
       <c r="C1198" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="B1199">
-        <v>53639</v>
+        <v>53894</v>
       </c>
       <c r="C1199" t="s">
-        <v>1945</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="B1200">
-        <v>53721</v>
+        <v>53894</v>
       </c>
       <c r="C1200" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="B1201">
-        <v>53757</v>
+        <v>53909</v>
       </c>
       <c r="C1201" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="B1202">
-        <v>53757</v>
+        <v>53919</v>
       </c>
       <c r="C1202" t="s">
-        <v>1951</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="B1203">
-        <v>53783</v>
+        <v>53919</v>
       </c>
       <c r="C1203" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
       <c r="B1204">
-        <v>53804</v>
+        <v>53937</v>
       </c>
       <c r="C1204" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="B1205">
-        <v>53809</v>
+        <v>53945</v>
       </c>
       <c r="C1205" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="B1206">
-        <v>53840</v>
+        <v>54290</v>
       </c>
       <c r="C1206" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" t="s">
-        <v>1961</v>
+        <v>1965</v>
       </c>
       <c r="B1207">
-        <v>53842</v>
+        <v>54292</v>
       </c>
       <c r="C1207" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="B1208">
-        <v>53842</v>
+        <v>54338</v>
       </c>
       <c r="C1208" t="s">
-        <v>1960</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="B1209">
-        <v>53879</v>
+        <v>54343</v>
       </c>
       <c r="C1209" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="B1210">
-        <v>53879</v>
+        <v>54411</v>
       </c>
       <c r="C1210" t="s">
-        <v>1964</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" t="s">
-        <v>1966</v>
+        <v>877</v>
       </c>
       <c r="B1211">
-        <v>53881</v>
+        <v>54421</v>
       </c>
       <c r="C1211" t="s">
-        <v>1964</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
       <c r="B1212">
-        <v>53894</v>
+        <v>54497</v>
       </c>
       <c r="C1212" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="B1213">
-        <v>53894</v>
+        <v>54516</v>
       </c>
       <c r="C1213" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" t="s">
-        <v>1970</v>
+        <v>1977</v>
       </c>
       <c r="B1214">
-        <v>53894</v>
+        <v>54523</v>
       </c>
       <c r="C1214" t="s">
-        <v>1968</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="B1215">
-        <v>53909</v>
+        <v>54550</v>
       </c>
       <c r="C1215" t="s">
-        <v>1972</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" t="s">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="B1216">
-        <v>53919</v>
+        <v>54570</v>
       </c>
       <c r="C1216" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" t="s">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="B1217">
-        <v>53919</v>
+        <v>54589</v>
       </c>
       <c r="C1217" t="s">
-        <v>1974</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" t="s">
-        <v>1976</v>
+        <v>1985</v>
       </c>
       <c r="B1218">
-        <v>53937</v>
+        <v>54634</v>
       </c>
       <c r="C1218" t="s">
-        <v>1977</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" t="s">
-        <v>1978</v>
+        <v>1987</v>
       </c>
       <c r="B1219">
-        <v>53945</v>
+        <v>54634</v>
       </c>
       <c r="C1219" t="s">
-        <v>1979</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" t="s">
-        <v>1980</v>
+        <v>1988</v>
       </c>
       <c r="B1220">
-        <v>54290</v>
+        <v>55120</v>
       </c>
       <c r="C1220" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="B1221">
-        <v>54292</v>
+        <v>55131</v>
       </c>
       <c r="C1221" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="B1222">
-        <v>54338</v>
+        <v>55131</v>
       </c>
       <c r="C1222" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" t="s">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="B1223">
-        <v>54343</v>
+        <v>55218</v>
       </c>
       <c r="C1223" t="s">
-        <v>1986</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" t="s">
-        <v>1987</v>
+        <v>1994</v>
       </c>
       <c r="B1224">
-        <v>54411</v>
+        <v>55232</v>
       </c>
       <c r="C1224" t="s">
-        <v>1988</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" t="s">
-        <v>883</v>
+        <v>1996</v>
       </c>
       <c r="B1225">
-        <v>54421</v>
+        <v>55246</v>
       </c>
       <c r="C1225" t="s">
-        <v>1989</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="B1226">
-        <v>54497</v>
+        <v>55268</v>
       </c>
       <c r="C1226" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="B1227">
-        <v>54516</v>
+        <v>55276</v>
       </c>
       <c r="C1227" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="B1228">
-        <v>54523</v>
+        <v>55286</v>
       </c>
       <c r="C1228" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="B1229">
-        <v>54550</v>
+        <v>55411</v>
       </c>
       <c r="C1229" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="B1230">
-        <v>54570</v>
+        <v>55411</v>
       </c>
       <c r="C1230" t="s">
-        <v>1999</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" t="s">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="B1231">
-        <v>54589</v>
+        <v>55435</v>
       </c>
       <c r="C1231" t="s">
-        <v>2001</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" t="s">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="B1232">
-        <v>54634</v>
+        <v>55450</v>
       </c>
       <c r="C1232" t="s">
-        <v>2003</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="B1233">
-        <v>54634</v>
+        <v>55481</v>
       </c>
       <c r="C1233" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" t="s">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="B1234">
-        <v>55120</v>
+        <v>55491</v>
       </c>
       <c r="C1234" t="s">
-        <v>2006</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="B1235">
-        <v>55131</v>
+        <v>55494</v>
       </c>
       <c r="C1235" t="s">
-        <v>2006</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" t="s">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="B1236">
-        <v>55131</v>
+        <v>55543</v>
       </c>
       <c r="C1236" t="s">
-        <v>2006</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" t="s">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="B1237">
-        <v>55218</v>
+        <v>55543</v>
       </c>
       <c r="C1237" t="s">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" t="s">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="B1238">
-        <v>55232</v>
+        <v>55566</v>
       </c>
       <c r="C1238" t="s">
-        <v>2012</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" t="s">
-        <v>2013</v>
+        <v>669</v>
       </c>
       <c r="B1239">
-        <v>55246</v>
+        <v>55595</v>
       </c>
       <c r="C1239" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="B1240">
-        <v>55268</v>
+        <v>55596</v>
       </c>
       <c r="C1240" t="s">
-        <v>2016</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" t="s">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="B1241">
-        <v>55276</v>
+        <v>55597</v>
       </c>
       <c r="C1241" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="B1242">
-        <v>55286</v>
+        <v>55599</v>
       </c>
       <c r="C1242" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" t="s">
-        <v>2021</v>
+        <v>2029</v>
       </c>
       <c r="B1243">
-        <v>55411</v>
+        <v>55743</v>
       </c>
       <c r="C1243" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="B1244">
-        <v>55411</v>
+        <v>55743</v>
       </c>
       <c r="C1244" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" t="s">
-        <v>2024</v>
+        <v>2032</v>
       </c>
       <c r="B1245">
-        <v>55435</v>
+        <v>55765</v>
       </c>
       <c r="C1245" t="s">
-        <v>2025</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="B1246">
-        <v>55450</v>
+        <v>55774</v>
       </c>
       <c r="C1246" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" t="s">
-        <v>2028</v>
+        <v>2036</v>
       </c>
       <c r="B1247">
-        <v>55481</v>
+        <v>56070</v>
       </c>
       <c r="C1247" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" t="s">
-        <v>2030</v>
+        <v>2038</v>
       </c>
       <c r="B1248">
-        <v>55491</v>
+        <v>56070</v>
       </c>
       <c r="C1248" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" t="s">
-        <v>2032</v>
+        <v>2039</v>
       </c>
       <c r="B1249">
-        <v>55494</v>
+        <v>56073</v>
       </c>
       <c r="C1249" t="s">
-        <v>2033</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="B1250">
-        <v>55543</v>
+        <v>56075</v>
       </c>
       <c r="C1250" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="B1251">
-        <v>55543</v>
+        <v>56076</v>
       </c>
       <c r="C1251" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="B1252">
-        <v>55566</v>
+        <v>56154</v>
       </c>
       <c r="C1252" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" t="s">
-        <v>672</v>
+        <v>2044</v>
       </c>
       <c r="B1253">
-        <v>55595</v>
+        <v>56170</v>
       </c>
       <c r="C1253" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
       <c r="B1254">
-        <v>55596</v>
+        <v>56203</v>
       </c>
       <c r="C1254" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="B1255">
-        <v>55597</v>
+        <v>56218</v>
       </c>
       <c r="C1255" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
       <c r="B1256">
-        <v>55599</v>
+        <v>56220</v>
       </c>
       <c r="C1256" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="B1257">
-        <v>55743</v>
+        <v>56242</v>
       </c>
       <c r="C1257" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="B1258">
-        <v>55743</v>
+        <v>56244</v>
       </c>
       <c r="C1258" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" t="s">
-        <v>2049</v>
+        <v>2056</v>
       </c>
       <c r="B1259">
-        <v>55765</v>
+        <v>56253</v>
       </c>
       <c r="C1259" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" t="s">
-        <v>2051</v>
+        <v>2058</v>
       </c>
       <c r="B1260">
-        <v>55774</v>
+        <v>56269</v>
       </c>
       <c r="C1260" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="B1261">
-        <v>56070</v>
+        <v>56288</v>
       </c>
       <c r="C1261" t="s">
-        <v>2054</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" t="s">
-        <v>2055</v>
+        <v>2062</v>
       </c>
       <c r="B1262">
-        <v>56070</v>
+        <v>56299</v>
       </c>
       <c r="C1262" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" t="s">
-        <v>2056</v>
+        <v>2064</v>
       </c>
       <c r="B1263">
-        <v>56073</v>
+        <v>56305</v>
       </c>
       <c r="C1263" t="s">
-        <v>2054</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" t="s">
-        <v>2057</v>
+        <v>1476</v>
       </c>
       <c r="B1264">
-        <v>56075</v>
+        <v>56307</v>
       </c>
       <c r="C1264" t="s">
-        <v>2054</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" t="s">
-        <v>2058</v>
+        <v>2067</v>
       </c>
       <c r="B1265">
-        <v>56076</v>
+        <v>56330</v>
       </c>
       <c r="C1265" t="s">
-        <v>2054</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" t="s">
-        <v>2059</v>
+        <v>2069</v>
       </c>
       <c r="B1266">
-        <v>56154</v>
+        <v>56332</v>
       </c>
       <c r="C1266" t="s">
-        <v>2060</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" t="s">
-        <v>2061</v>
+        <v>2071</v>
       </c>
       <c r="B1267">
-        <v>56170</v>
+        <v>56410</v>
       </c>
       <c r="C1267" t="s">
-        <v>2062</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" t="s">
-        <v>2063</v>
+        <v>2073</v>
       </c>
       <c r="B1268">
-        <v>56203</v>
+        <v>56410</v>
       </c>
       <c r="C1268" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" t="s">
-        <v>2065</v>
+        <v>2074</v>
       </c>
       <c r="B1269">
-        <v>56218</v>
+        <v>56424</v>
       </c>
       <c r="C1269" t="s">
-        <v>2066</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" t="s">
-        <v>2067</v>
+        <v>2076</v>
       </c>
       <c r="B1270">
-        <v>56220</v>
+        <v>56457</v>
       </c>
       <c r="C1270" t="s">
-        <v>2068</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" t="s">
-        <v>2069</v>
+        <v>2078</v>
       </c>
       <c r="B1271">
-        <v>56242</v>
+        <v>56459</v>
       </c>
       <c r="C1271" t="s">
-        <v>2070</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" t="s">
-        <v>2071</v>
+        <v>2007</v>
       </c>
       <c r="B1272">
-        <v>56244</v>
+        <v>56462</v>
       </c>
       <c r="C1272" t="s">
-        <v>2072</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" t="s">
-        <v>2073</v>
+        <v>2081</v>
       </c>
       <c r="B1273">
-        <v>56253</v>
+        <v>56470</v>
       </c>
       <c r="C1273" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="B1274">
-        <v>56269</v>
+        <v>56472</v>
       </c>
       <c r="C1274" t="s">
-        <v>2076</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" t="s">
-        <v>2077</v>
+        <v>2085</v>
       </c>
       <c r="B1275">
-        <v>56288</v>
+        <v>56477</v>
       </c>
       <c r="C1275" t="s">
-        <v>2078</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" t="s">
-        <v>2079</v>
+        <v>2087</v>
       </c>
       <c r="B1276">
-        <v>56299</v>
+        <v>56564</v>
       </c>
       <c r="C1276" t="s">
-        <v>2080</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="B1277">
-        <v>56305</v>
+        <v>56594</v>
       </c>
       <c r="C1277" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" t="s">
-        <v>1486</v>
+        <v>2091</v>
       </c>
       <c r="B1278">
-        <v>56307</v>
+        <v>56651</v>
       </c>
       <c r="C1278" t="s">
-        <v>2083</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" t="s">
-        <v>2084</v>
+        <v>2093</v>
       </c>
       <c r="B1279">
-        <v>56330</v>
+        <v>56656</v>
       </c>
       <c r="C1279" t="s">
-        <v>2085</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" t="s">
-        <v>2086</v>
+        <v>2095</v>
       </c>
       <c r="B1280">
-        <v>56332</v>
+        <v>56727</v>
       </c>
       <c r="C1280" t="s">
-        <v>2087</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" t="s">
-        <v>2088</v>
+        <v>2097</v>
       </c>
       <c r="B1281">
-        <v>56410</v>
+        <v>56727</v>
       </c>
       <c r="C1281" t="s">
-        <v>2089</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
       <c r="B1282">
-        <v>56410</v>
+        <v>56823</v>
       </c>
       <c r="C1282" t="s">
-        <v>2089</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" t="s">
-        <v>2091</v>
+        <v>2100</v>
       </c>
       <c r="B1283">
-        <v>56424</v>
+        <v>56856</v>
       </c>
       <c r="C1283" t="s">
-        <v>2092</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" t="s">
-        <v>2093</v>
+        <v>2102</v>
       </c>
       <c r="B1284">
-        <v>56457</v>
+        <v>57072</v>
       </c>
       <c r="C1284" t="s">
-        <v>2094</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" t="s">
-        <v>2095</v>
+        <v>2104</v>
       </c>
       <c r="B1285">
-        <v>56459</v>
+        <v>57072</v>
       </c>
       <c r="C1285" t="s">
-        <v>2096</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" t="s">
-        <v>2024</v>
+        <v>2105</v>
       </c>
       <c r="B1286">
-        <v>56462</v>
+        <v>57074</v>
       </c>
       <c r="C1286" t="s">
-        <v>2097</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" t="s">
-        <v>2098</v>
+        <v>2106</v>
       </c>
       <c r="B1287">
-        <v>56470</v>
+        <v>57076</v>
       </c>
       <c r="C1287" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" t="s">
-        <v>2100</v>
+        <v>2107</v>
       </c>
       <c r="B1288">
-        <v>56472</v>
+        <v>57223</v>
       </c>
       <c r="C1288" t="s">
-        <v>2101</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B1289">
-        <v>56477</v>
+        <v>57234</v>
       </c>
       <c r="C1289" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" t="s">
-        <v>2104</v>
+        <v>2111</v>
       </c>
       <c r="B1290">
-        <v>56564</v>
+        <v>57250</v>
       </c>
       <c r="C1290" t="s">
-        <v>2105</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" t="s">
-        <v>2106</v>
+        <v>2113</v>
       </c>
       <c r="B1291">
-        <v>56594</v>
+        <v>57258</v>
       </c>
       <c r="C1291" t="s">
-        <v>2107</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" t="s">
-        <v>2108</v>
+        <v>2115</v>
       </c>
       <c r="B1292">
-        <v>56651</v>
+        <v>57258</v>
       </c>
       <c r="C1292" t="s">
-        <v>2109</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" t="s">
-        <v>2110</v>
+        <v>2117</v>
       </c>
       <c r="B1293">
-        <v>56656</v>
+        <v>57271</v>
       </c>
       <c r="C1293" t="s">
-        <v>2111</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" t="s">
-        <v>2112</v>
+        <v>2119</v>
       </c>
       <c r="B1294">
-        <v>56727</v>
+        <v>57299</v>
       </c>
       <c r="C1294" t="s">
-        <v>2113</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" t="s">
-        <v>2114</v>
+        <v>2121</v>
       </c>
       <c r="B1295">
-        <v>56727</v>
+        <v>57319</v>
       </c>
       <c r="C1295" t="s">
-        <v>2113</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" t="s">
-        <v>2115</v>
+        <v>2123</v>
       </c>
       <c r="B1296">
-        <v>56823</v>
+        <v>57334</v>
       </c>
       <c r="C1296" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" t="s">
-        <v>2117</v>
+        <v>2125</v>
       </c>
       <c r="B1297">
-        <v>56856</v>
+        <v>57339</v>
       </c>
       <c r="C1297" t="s">
-        <v>2118</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" t="s">
-        <v>2119</v>
+        <v>2127</v>
       </c>
       <c r="B1298">
-        <v>57072</v>
+        <v>57368</v>
       </c>
       <c r="C1298" t="s">
-        <v>2120</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
       <c r="B1299">
-        <v>57072</v>
+        <v>57368</v>
       </c>
       <c r="C1299" t="s">
-        <v>2120</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" t="s">
-        <v>2122</v>
+        <v>2131</v>
       </c>
       <c r="B1300">
-        <v>57074</v>
+        <v>57392</v>
       </c>
       <c r="C1300" t="s">
-        <v>2120</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" t="s">
-        <v>2123</v>
+        <v>2133</v>
       </c>
       <c r="B1301">
-        <v>57076</v>
+        <v>57413</v>
       </c>
       <c r="C1301" t="s">
-        <v>2120</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" t="s">
-        <v>2124</v>
+        <v>2135</v>
       </c>
       <c r="B1302">
-        <v>57223</v>
+        <v>57439</v>
       </c>
       <c r="C1302" t="s">
-        <v>2125</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" t="s">
-        <v>2126</v>
+        <v>2137</v>
       </c>
       <c r="B1303">
-        <v>57234</v>
+        <v>57462</v>
       </c>
       <c r="C1303" t="s">
-        <v>2127</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" t="s">
-        <v>2128</v>
+        <v>2139</v>
       </c>
       <c r="B1304">
-        <v>57250</v>
+        <v>57489</v>
       </c>
       <c r="C1304" t="s">
-        <v>2129</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" t="s">
-        <v>2130</v>
+        <v>2141</v>
       </c>
       <c r="B1305">
-        <v>57258</v>
+        <v>57548</v>
       </c>
       <c r="C1305" t="s">
-        <v>2131</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" t="s">
-        <v>2132</v>
+        <v>2143</v>
       </c>
       <c r="B1306">
-        <v>57258</v>
+        <v>57572</v>
       </c>
       <c r="C1306" t="s">
-        <v>2133</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" t="s">
-        <v>2134</v>
+        <v>2145</v>
       </c>
       <c r="B1307">
-        <v>57271</v>
+        <v>57578</v>
       </c>
       <c r="C1307" t="s">
-        <v>2135</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" t="s">
-        <v>2136</v>
+        <v>2147</v>
       </c>
       <c r="B1308">
-        <v>57299</v>
+        <v>57610</v>
       </c>
       <c r="C1308" t="s">
-        <v>2137</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" t="s">
-        <v>2138</v>
+        <v>2149</v>
       </c>
       <c r="B1309">
-        <v>57319</v>
+        <v>57627</v>
       </c>
       <c r="C1309" t="s">
-        <v>2139</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" t="s">
-        <v>2140</v>
+        <v>2151</v>
       </c>
       <c r="B1310">
-        <v>57334</v>
+        <v>57629</v>
       </c>
       <c r="C1310" t="s">
-        <v>2141</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" t="s">
-        <v>2142</v>
+        <v>2153</v>
       </c>
       <c r="B1311">
-        <v>57339</v>
+        <v>57632</v>
       </c>
       <c r="C1311" t="s">
-        <v>2143</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" t="s">
-        <v>2144</v>
+        <v>2155</v>
       </c>
       <c r="B1312">
-        <v>57368</v>
+        <v>58089</v>
       </c>
       <c r="C1312" t="s">
-        <v>2145</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" t="s">
-        <v>2146</v>
+        <v>2157</v>
       </c>
       <c r="B1313">
-        <v>57368</v>
+        <v>58091</v>
       </c>
       <c r="C1313" t="s">
-        <v>2147</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" t="s">
-        <v>2148</v>
+        <v>2158</v>
       </c>
       <c r="B1314">
-        <v>57392</v>
+        <v>58091</v>
       </c>
       <c r="C1314" t="s">
-        <v>2149</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" t="s">
-        <v>2150</v>
+        <v>2159</v>
       </c>
       <c r="B1315">
-        <v>57413</v>
+        <v>58093</v>
       </c>
       <c r="C1315" t="s">
-        <v>2151</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="B1316">
-        <v>57439</v>
+        <v>58099</v>
       </c>
       <c r="C1316" t="s">
-        <v>2153</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" t="s">
-        <v>2154</v>
+        <v>2161</v>
       </c>
       <c r="B1317">
-        <v>57462</v>
+        <v>58119</v>
       </c>
       <c r="C1317" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B1318">
+        <v>58119</v>
+      </c>
+      <c r="C1318" t="s">
         <v>2156</v>
-      </c>
-[...4 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="B1319">
-        <v>57548</v>
+        <v>58239</v>
       </c>
       <c r="C1319" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="B1320">
-        <v>57572</v>
+        <v>58256</v>
       </c>
       <c r="C1320" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" t="s">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="B1321">
-        <v>57578</v>
+        <v>58313</v>
       </c>
       <c r="C1321" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="B1322">
-        <v>57610</v>
+        <v>58332</v>
       </c>
       <c r="C1322" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="B1323">
-        <v>57627</v>
+        <v>58332</v>
       </c>
       <c r="C1323" t="s">
-        <v>2167</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="B1324">
-        <v>57629</v>
+        <v>58454</v>
       </c>
       <c r="C1324" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="B1325">
-        <v>57632</v>
+        <v>58455</v>
       </c>
       <c r="C1325" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="B1326">
-        <v>58089</v>
+        <v>58455</v>
       </c>
       <c r="C1326" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="B1327">
-        <v>58091</v>
+        <v>58456</v>
       </c>
       <c r="C1327" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="B1328">
-        <v>58091</v>
+        <v>58456</v>
       </c>
       <c r="C1328" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="B1329">
-        <v>58093</v>
+        <v>58509</v>
       </c>
       <c r="C1329" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" t="s">
-        <v>2177</v>
+        <v>2180</v>
       </c>
       <c r="B1330">
-        <v>58099</v>
+        <v>58511</v>
       </c>
       <c r="C1330" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" t="s">
-        <v>2178</v>
+        <v>2181</v>
       </c>
       <c r="B1331">
-        <v>58119</v>
+        <v>58515</v>
       </c>
       <c r="C1331" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" t="s">
-        <v>2179</v>
+        <v>2182</v>
       </c>
       <c r="B1332">
-        <v>58119</v>
+        <v>58566</v>
       </c>
       <c r="C1332" t="s">
-        <v>2173</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" t="s">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="B1333">
-        <v>58239</v>
+        <v>58579</v>
       </c>
       <c r="C1333" t="s">
-        <v>2181</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" t="s">
-        <v>2182</v>
+        <v>2186</v>
       </c>
       <c r="B1334">
-        <v>58239</v>
+        <v>58636</v>
       </c>
       <c r="C1334" t="s">
-        <v>2181</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" t="s">
-        <v>2183</v>
+        <v>2188</v>
       </c>
       <c r="B1335">
-        <v>58256</v>
+        <v>58636</v>
       </c>
       <c r="C1335" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="B1336">
-        <v>58313</v>
+        <v>58638</v>
       </c>
       <c r="C1336" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="B1337">
-        <v>58332</v>
+        <v>58675</v>
       </c>
       <c r="C1337" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
       <c r="B1338">
-        <v>58332</v>
+        <v>58675</v>
       </c>
       <c r="C1338" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="B1339">
-        <v>58339</v>
+        <v>58708</v>
       </c>
       <c r="C1339" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="B1340">
-        <v>58454</v>
+        <v>58708</v>
       </c>
       <c r="C1340" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B1341">
+        <v>58708</v>
+      </c>
+      <c r="C1341" t="s">
         <v>2194</v>
-      </c>
-[...4 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="B1342">
-        <v>58455</v>
+        <v>58762</v>
       </c>
       <c r="C1342" t="s">
-        <v>2193</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="B1343">
-        <v>58456</v>
+        <v>58769</v>
       </c>
       <c r="C1343" t="s">
-        <v>2193</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="B1344">
-        <v>58456</v>
+        <v>58802</v>
       </c>
       <c r="C1344" t="s">
-        <v>2193</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" t="s">
-        <v>2198</v>
+        <v>2203</v>
       </c>
       <c r="B1345">
-        <v>58509</v>
+        <v>59065</v>
       </c>
       <c r="C1345" t="s">
-        <v>2199</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" t="s">
-        <v>2200</v>
+        <v>2205</v>
       </c>
       <c r="B1346">
-        <v>58511</v>
+        <v>59067</v>
       </c>
       <c r="C1346" t="s">
-        <v>2199</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" t="s">
-        <v>2201</v>
+        <v>2206</v>
       </c>
       <c r="B1347">
-        <v>58515</v>
+        <v>59069</v>
       </c>
       <c r="C1347" t="s">
-        <v>2199</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" t="s">
-        <v>2202</v>
+        <v>2207</v>
       </c>
       <c r="B1348">
-        <v>58566</v>
+        <v>59069</v>
       </c>
       <c r="C1348" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B1349">
+        <v>59075</v>
+      </c>
+      <c r="C1349" t="s">
         <v>2204</v>
-      </c>
-[...4 lines deleted...]
-        <v>2205</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="B1350">
-        <v>58636</v>
+        <v>59192</v>
       </c>
       <c r="C1350" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" t="s">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="B1351">
-        <v>58636</v>
+        <v>59229</v>
       </c>
       <c r="C1351" t="s">
-        <v>2207</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="B1352">
-        <v>58638</v>
+        <v>59269</v>
       </c>
       <c r="C1352" t="s">
-        <v>2207</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" t="s">
-        <v>2210</v>
+        <v>2215</v>
       </c>
       <c r="B1353">
-        <v>58675</v>
+        <v>59302</v>
       </c>
       <c r="C1353" t="s">
-        <v>2211</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" t="s">
-        <v>2212</v>
+        <v>2217</v>
       </c>
       <c r="B1354">
-        <v>58675</v>
+        <v>59348</v>
       </c>
       <c r="C1354" t="s">
-        <v>2211</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="B1355">
-        <v>58708</v>
+        <v>59368</v>
       </c>
       <c r="C1355" t="s">
-        <v>2214</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" t="s">
-        <v>2215</v>
+        <v>2221</v>
       </c>
       <c r="B1356">
-        <v>58708</v>
+        <v>59387</v>
       </c>
       <c r="C1356" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" t="s">
-        <v>2216</v>
+        <v>2223</v>
       </c>
       <c r="B1357">
-        <v>58708</v>
+        <v>59387</v>
       </c>
       <c r="C1357" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B1358">
-        <v>58762</v>
+        <v>59394</v>
       </c>
       <c r="C1358" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" t="s">
-        <v>2219</v>
+        <v>2226</v>
       </c>
       <c r="B1359">
-        <v>58769</v>
+        <v>59423</v>
       </c>
       <c r="C1359" t="s">
-        <v>2220</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" t="s">
-        <v>2221</v>
+        <v>2228</v>
       </c>
       <c r="B1360">
-        <v>58802</v>
+        <v>59427</v>
       </c>
       <c r="C1360" t="s">
-        <v>2222</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" t="s">
-        <v>2223</v>
+        <v>2229</v>
       </c>
       <c r="B1361">
-        <v>59065</v>
+        <v>59457</v>
       </c>
       <c r="C1361" t="s">
-        <v>2224</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
       <c r="B1362">
-        <v>59067</v>
+        <v>59469</v>
       </c>
       <c r="C1362" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" t="s">
-        <v>2226</v>
+        <v>2233</v>
       </c>
       <c r="B1363">
-        <v>59069</v>
+        <v>59494</v>
       </c>
       <c r="C1363" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" t="s">
-        <v>2227</v>
+        <v>2235</v>
       </c>
       <c r="B1364">
-        <v>59069</v>
+        <v>59494</v>
       </c>
       <c r="C1364" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" t="s">
-        <v>2228</v>
+        <v>2236</v>
       </c>
       <c r="B1365">
-        <v>59075</v>
+        <v>59556</v>
       </c>
       <c r="C1365" t="s">
-        <v>2224</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" t="s">
-        <v>2229</v>
+        <v>2238</v>
       </c>
       <c r="B1366">
-        <v>59192</v>
+        <v>59590</v>
       </c>
       <c r="C1366" t="s">
-        <v>2230</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" t="s">
-        <v>2231</v>
+        <v>2240</v>
       </c>
       <c r="B1367">
-        <v>59229</v>
+        <v>59590</v>
       </c>
       <c r="C1367" t="s">
-        <v>2232</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" t="s">
-        <v>2233</v>
+        <v>2241</v>
       </c>
       <c r="B1368">
-        <v>59269</v>
+        <v>59590</v>
       </c>
       <c r="C1368" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" t="s">
-        <v>2235</v>
+        <v>2242</v>
       </c>
       <c r="B1369">
-        <v>59302</v>
+        <v>59755</v>
       </c>
       <c r="C1369" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
       <c r="B1370">
-        <v>59329</v>
+        <v>59759</v>
       </c>
       <c r="C1370" t="s">
-        <v>2238</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="B1371">
-        <v>59348</v>
+        <v>59821</v>
       </c>
       <c r="C1371" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" t="s">
-        <v>2241</v>
+        <v>2246</v>
       </c>
       <c r="B1372">
-        <v>59368</v>
+        <v>59846</v>
       </c>
       <c r="C1372" t="s">
-        <v>2242</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" t="s">
-        <v>2243</v>
+        <v>2248</v>
       </c>
       <c r="B1373">
-        <v>59387</v>
+        <v>59846</v>
       </c>
       <c r="C1373" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B1374">
-        <v>59387</v>
+        <v>59872</v>
       </c>
       <c r="C1374" t="s">
-        <v>2244</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" t="s">
-        <v>2246</v>
+        <v>2251</v>
       </c>
       <c r="B1375">
-        <v>59394</v>
+        <v>59872</v>
       </c>
       <c r="C1375" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" t="s">
-        <v>2248</v>
+        <v>2252</v>
       </c>
       <c r="B1376">
-        <v>59423</v>
+        <v>59872</v>
       </c>
       <c r="C1376" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="B1377">
-        <v>59427</v>
+        <v>59889</v>
       </c>
       <c r="C1377" t="s">
-        <v>2249</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" t="s">
-        <v>2251</v>
+        <v>2255</v>
       </c>
       <c r="B1378">
-        <v>59457</v>
+        <v>59929</v>
       </c>
       <c r="C1378" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" t="s">
-        <v>2253</v>
+        <v>2257</v>
       </c>
       <c r="B1379">
-        <v>59469</v>
+        <v>60314</v>
       </c>
       <c r="C1379" t="s">
-        <v>2254</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="B1380">
-        <v>59494</v>
+        <v>60314</v>
       </c>
       <c r="C1380" t="s">
-        <v>2256</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="B1381">
-        <v>59494</v>
+        <v>60323</v>
       </c>
       <c r="C1381" t="s">
-        <v>2256</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="B1382">
-        <v>59556</v>
+        <v>60386</v>
       </c>
       <c r="C1382" t="s">
-        <v>2259</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="B1383">
-        <v>59590</v>
+        <v>60386</v>
       </c>
       <c r="C1383" t="s">
-        <v>2261</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" t="s">
         <v>2262</v>
       </c>
       <c r="B1384">
-        <v>59590</v>
+        <v>60389</v>
       </c>
       <c r="C1384" t="s">
-        <v>2261</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" t="s">
         <v>2263</v>
       </c>
       <c r="B1385">
-        <v>59590</v>
+        <v>60389</v>
       </c>
       <c r="C1385" t="s">
-        <v>2261</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" t="s">
         <v>2264</v>
       </c>
       <c r="B1386">
-        <v>59755</v>
+        <v>60431</v>
       </c>
       <c r="C1386" t="s">
-        <v>2265</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" t="s">
-        <v>2266</v>
+        <v>2265</v>
       </c>
       <c r="B1387">
-        <v>59759</v>
+        <v>60437</v>
       </c>
       <c r="C1387" t="s">
-        <v>2265</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" t="s">
-        <v>2267</v>
+        <v>2266</v>
       </c>
       <c r="B1388">
-        <v>59821</v>
+        <v>60487</v>
       </c>
       <c r="C1388" t="s">
-        <v>2265</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" t="s">
-        <v>2268</v>
+        <v>2267</v>
       </c>
       <c r="B1389">
-        <v>59846</v>
+        <v>60488</v>
       </c>
       <c r="C1389" t="s">
-        <v>2269</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" t="s">
-        <v>2270</v>
+        <v>2268</v>
       </c>
       <c r="B1390">
-        <v>59846</v>
+        <v>60528</v>
       </c>
       <c r="C1390" t="s">
-        <v>2269</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" t="s">
-        <v>2271</v>
+        <v>2269</v>
       </c>
       <c r="B1391">
-        <v>59872</v>
+        <v>60594</v>
       </c>
       <c r="C1391" t="s">
-        <v>2272</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" t="s">
-        <v>2273</v>
+        <v>2270</v>
       </c>
       <c r="B1392">
-        <v>59872</v>
+        <v>60596</v>
       </c>
       <c r="C1392" t="s">
-        <v>2272</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" t="s">
-        <v>2274</v>
+        <v>2271</v>
       </c>
       <c r="B1393">
-        <v>59872</v>
+        <v>60598</v>
       </c>
       <c r="C1393" t="s">
-        <v>2272</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" t="s">
-        <v>2275</v>
+        <v>2272</v>
       </c>
       <c r="B1394">
-        <v>59889</v>
+        <v>61118</v>
       </c>
       <c r="C1394" t="s">
-        <v>2276</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" t="s">
-        <v>2277</v>
+        <v>2274</v>
       </c>
       <c r="B1395">
-        <v>59929</v>
+        <v>61130</v>
       </c>
       <c r="C1395" t="s">
-        <v>2278</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" t="s">
-        <v>2279</v>
+        <v>2276</v>
       </c>
       <c r="B1396">
-        <v>60314</v>
+        <v>61184</v>
       </c>
       <c r="C1396" t="s">
-        <v>494</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" t="s">
-        <v>2280</v>
+        <v>2278</v>
       </c>
       <c r="B1397">
-        <v>60314</v>
+        <v>61191</v>
       </c>
       <c r="C1397" t="s">
-        <v>494</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B1398">
+        <v>61200</v>
+      </c>
+      <c r="C1398" t="s">
         <v>2281</v>
-      </c>
-[...4 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" t="s">
         <v>2282</v>
       </c>
       <c r="B1399">
-        <v>60386</v>
+        <v>61209</v>
       </c>
       <c r="C1399" t="s">
-        <v>494</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" t="s">
-        <v>2283</v>
+        <v>1191</v>
       </c>
       <c r="B1400">
-        <v>60386</v>
+        <v>61239</v>
       </c>
       <c r="C1400" t="s">
-        <v>494</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="B1401">
-        <v>60389</v>
+        <v>61267</v>
       </c>
       <c r="C1401" t="s">
-        <v>494</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="B1402">
-        <v>60389</v>
+        <v>61348</v>
       </c>
       <c r="C1402" t="s">
-        <v>494</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="B1403">
-        <v>60431</v>
+        <v>61348</v>
       </c>
       <c r="C1403" t="s">
-        <v>494</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="B1404">
-        <v>60437</v>
+        <v>61350</v>
       </c>
       <c r="C1404" t="s">
-        <v>494</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B1405">
+        <v>61352</v>
+      </c>
+      <c r="C1405" t="s">
         <v>2288</v>
-      </c>
-[...4 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
       <c r="B1406">
-        <v>60488</v>
+        <v>61352</v>
       </c>
       <c r="C1406" t="s">
-        <v>494</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" t="s">
-        <v>2290</v>
+        <v>2293</v>
       </c>
       <c r="B1407">
-        <v>60528</v>
+        <v>61352</v>
       </c>
       <c r="C1407" t="s">
-        <v>494</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" t="s">
-        <v>2291</v>
+        <v>2294</v>
       </c>
       <c r="B1408">
-        <v>60594</v>
+        <v>61381</v>
       </c>
       <c r="C1408" t="s">
-        <v>494</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" t="s">
-        <v>2292</v>
+        <v>2296</v>
       </c>
       <c r="B1409">
-        <v>60596</v>
+        <v>61440</v>
       </c>
       <c r="C1409" t="s">
-        <v>494</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" t="s">
-        <v>2293</v>
+        <v>2298</v>
       </c>
       <c r="B1410">
-        <v>60598</v>
+        <v>61462</v>
       </c>
       <c r="C1410" t="s">
-        <v>494</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" t="s">
-        <v>2294</v>
+        <v>2300</v>
       </c>
       <c r="B1411">
-        <v>61118</v>
+        <v>61476</v>
       </c>
       <c r="C1411" t="s">
-        <v>2295</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" t="s">
-        <v>2296</v>
+        <v>2302</v>
       </c>
       <c r="B1412">
-        <v>61130</v>
+        <v>61476</v>
       </c>
       <c r="C1412" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" t="s">
-        <v>2298</v>
+        <v>2303</v>
       </c>
       <c r="B1413">
-        <v>61184</v>
+        <v>63071</v>
       </c>
       <c r="C1413" t="s">
-        <v>2299</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" t="s">
-        <v>2300</v>
+        <v>2305</v>
       </c>
       <c r="B1414">
-        <v>61191</v>
+        <v>63071</v>
       </c>
       <c r="C1414" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" t="s">
-        <v>2302</v>
+        <v>2306</v>
       </c>
       <c r="B1415">
-        <v>61200</v>
+        <v>63110</v>
       </c>
       <c r="C1415" t="s">
-        <v>2303</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" t="s">
-        <v>2304</v>
+        <v>2308</v>
       </c>
       <c r="B1416">
-        <v>61209</v>
+        <v>63110</v>
       </c>
       <c r="C1416" t="s">
-        <v>2305</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" t="s">
-        <v>1199</v>
+        <v>2310</v>
       </c>
       <c r="B1417">
-        <v>61239</v>
+        <v>63128</v>
       </c>
       <c r="C1417" t="s">
-        <v>2306</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" t="s">
-        <v>2307</v>
+        <v>2312</v>
       </c>
       <c r="B1418">
-        <v>61267</v>
+        <v>63150</v>
       </c>
       <c r="C1418" t="s">
-        <v>2308</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" t="s">
-        <v>2309</v>
+        <v>2314</v>
       </c>
       <c r="B1419">
-        <v>61348</v>
+        <v>63179</v>
       </c>
       <c r="C1419" t="s">
-        <v>2310</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" t="s">
-        <v>2311</v>
+        <v>2316</v>
       </c>
       <c r="B1420">
-        <v>61348</v>
+        <v>63179</v>
       </c>
       <c r="C1420" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" t="s">
-        <v>2312</v>
+        <v>2318</v>
       </c>
       <c r="B1421">
-        <v>61350</v>
+        <v>63225</v>
       </c>
       <c r="C1421" t="s">
-        <v>2310</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="B1422">
-        <v>61352</v>
+        <v>63225</v>
       </c>
       <c r="C1422" t="s">
-        <v>2310</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="B1423">
-        <v>61352</v>
+        <v>63263</v>
       </c>
       <c r="C1423" t="s">
-        <v>2310</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" t="s">
-        <v>2315</v>
+        <v>2323</v>
       </c>
       <c r="B1424">
-        <v>61352</v>
+        <v>63303</v>
       </c>
       <c r="C1424" t="s">
-        <v>2310</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" t="s">
-        <v>2316</v>
+        <v>2325</v>
       </c>
       <c r="B1425">
-        <v>61381</v>
+        <v>63303</v>
       </c>
       <c r="C1425" t="s">
-        <v>2317</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" t="s">
-        <v>2318</v>
+        <v>2327</v>
       </c>
       <c r="B1426">
-        <v>61440</v>
+        <v>63450</v>
       </c>
       <c r="C1426" t="s">
-        <v>2319</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" t="s">
-        <v>2320</v>
+        <v>2329</v>
       </c>
       <c r="B1427">
-        <v>61462</v>
+        <v>63450</v>
       </c>
       <c r="C1427" t="s">
-        <v>2321</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" t="s">
-        <v>2322</v>
+        <v>2330</v>
       </c>
       <c r="B1428">
-        <v>61476</v>
+        <v>63452</v>
       </c>
       <c r="C1428" t="s">
-        <v>2323</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" t="s">
-        <v>2324</v>
+        <v>2331</v>
       </c>
       <c r="B1429">
-        <v>61476</v>
+        <v>63477</v>
       </c>
       <c r="C1429" t="s">
-        <v>2323</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" t="s">
-        <v>2325</v>
+        <v>2333</v>
       </c>
       <c r="B1430">
-        <v>63071</v>
+        <v>63486</v>
       </c>
       <c r="C1430" t="s">
-        <v>2326</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" t="s">
-        <v>2327</v>
+        <v>2335</v>
       </c>
       <c r="B1431">
-        <v>63071</v>
+        <v>63500</v>
       </c>
       <c r="C1431" t="s">
-        <v>2326</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" t="s">
-        <v>2328</v>
+        <v>2337</v>
       </c>
       <c r="B1432">
-        <v>63110</v>
+        <v>63505</v>
       </c>
       <c r="C1432" t="s">
-        <v>2329</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" t="s">
-        <v>2330</v>
+        <v>2339</v>
       </c>
       <c r="B1433">
-        <v>63110</v>
+        <v>63538</v>
       </c>
       <c r="C1433" t="s">
-        <v>2331</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" t="s">
-        <v>2332</v>
+        <v>2341</v>
       </c>
       <c r="B1434">
-        <v>63128</v>
+        <v>63546</v>
       </c>
       <c r="C1434" t="s">
-        <v>2333</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" t="s">
-        <v>2334</v>
+        <v>2343</v>
       </c>
       <c r="B1435">
-        <v>63150</v>
+        <v>63571</v>
       </c>
       <c r="C1435" t="s">
-        <v>2335</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" t="s">
-        <v>2336</v>
+        <v>2345</v>
       </c>
       <c r="B1436">
-        <v>63179</v>
+        <v>63619</v>
       </c>
       <c r="C1436" t="s">
-        <v>2337</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" t="s">
-        <v>2338</v>
+        <v>2347</v>
       </c>
       <c r="B1437">
-        <v>63179</v>
+        <v>63667</v>
       </c>
       <c r="C1437" t="s">
-        <v>2339</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" t="s">
-        <v>2340</v>
+        <v>2349</v>
       </c>
       <c r="B1438">
-        <v>63225</v>
+        <v>63674</v>
       </c>
       <c r="C1438" t="s">
-        <v>2341</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" t="s">
-        <v>2342</v>
+        <v>2351</v>
       </c>
       <c r="B1439">
-        <v>63225</v>
+        <v>63688</v>
       </c>
       <c r="C1439" t="s">
-        <v>2341</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" t="s">
-        <v>2343</v>
+        <v>2353</v>
       </c>
       <c r="B1440">
-        <v>63263</v>
+        <v>63739</v>
       </c>
       <c r="C1440" t="s">
-        <v>2344</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" t="s">
-        <v>2345</v>
+        <v>2355</v>
       </c>
       <c r="B1441">
-        <v>63303</v>
+        <v>63743</v>
       </c>
       <c r="C1441" t="s">
-        <v>2346</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" t="s">
-        <v>2347</v>
+        <v>2356</v>
       </c>
       <c r="B1442">
-        <v>63303</v>
+        <v>63743</v>
       </c>
       <c r="C1442" t="s">
-        <v>2348</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" t="s">
-        <v>2349</v>
+        <v>2357</v>
       </c>
       <c r="B1443">
-        <v>63450</v>
+        <v>63762</v>
       </c>
       <c r="C1443" t="s">
-        <v>2350</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" t="s">
-        <v>2351</v>
+        <v>2359</v>
       </c>
       <c r="B1444">
-        <v>63450</v>
+        <v>63776</v>
       </c>
       <c r="C1444" t="s">
-        <v>2350</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" t="s">
-        <v>2352</v>
+        <v>2361</v>
       </c>
       <c r="B1445">
-        <v>63452</v>
+        <v>63785</v>
       </c>
       <c r="C1445" t="s">
-        <v>2350</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" t="s">
-        <v>2353</v>
+        <v>2363</v>
       </c>
       <c r="B1446">
-        <v>63477</v>
+        <v>63796</v>
       </c>
       <c r="C1446" t="s">
-        <v>2354</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" t="s">
-        <v>2355</v>
+        <v>2365</v>
       </c>
       <c r="B1447">
-        <v>63486</v>
+        <v>63801</v>
       </c>
       <c r="C1447" t="s">
-        <v>2356</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="B1448">
-        <v>63500</v>
+        <v>63801</v>
       </c>
       <c r="C1448" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" t="s">
-        <v>2359</v>
+        <v>2368</v>
       </c>
       <c r="B1449">
-        <v>63505</v>
+        <v>63811</v>
       </c>
       <c r="C1449" t="s">
-        <v>2360</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" t="s">
-        <v>2361</v>
+        <v>2370</v>
       </c>
       <c r="B1450">
-        <v>63538</v>
+        <v>63820</v>
       </c>
       <c r="C1450" t="s">
-        <v>2362</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" t="s">
-        <v>2363</v>
+        <v>2372</v>
       </c>
       <c r="B1451">
-        <v>63546</v>
+        <v>63843</v>
       </c>
       <c r="C1451" t="s">
-        <v>2364</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" t="s">
-        <v>2365</v>
+        <v>2374</v>
       </c>
       <c r="B1452">
-        <v>63571</v>
+        <v>63874</v>
       </c>
       <c r="C1452" t="s">
-        <v>2366</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" t="s">
-        <v>2367</v>
+        <v>1476</v>
       </c>
       <c r="B1453">
-        <v>63619</v>
+        <v>63879</v>
       </c>
       <c r="C1453" t="s">
-        <v>2368</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" t="s">
-        <v>2369</v>
+        <v>2377</v>
       </c>
       <c r="B1454">
-        <v>63667</v>
+        <v>63879</v>
       </c>
       <c r="C1454" t="s">
-        <v>2370</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" t="s">
-        <v>2371</v>
+        <v>2378</v>
       </c>
       <c r="B1455">
-        <v>63674</v>
+        <v>63897</v>
       </c>
       <c r="C1455" t="s">
-        <v>2372</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" t="s">
-        <v>2373</v>
+        <v>2380</v>
       </c>
       <c r="B1456">
-        <v>63688</v>
+        <v>63920</v>
       </c>
       <c r="C1456" t="s">
-        <v>2374</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" t="s">
-        <v>2375</v>
+        <v>2382</v>
       </c>
       <c r="B1457">
-        <v>63739</v>
+        <v>64283</v>
       </c>
       <c r="C1457" t="s">
-        <v>2376</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" t="s">
-        <v>2377</v>
+        <v>2384</v>
       </c>
       <c r="B1458">
-        <v>63743</v>
+        <v>64285</v>
       </c>
       <c r="C1458" t="s">
-        <v>2376</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" t="s">
-        <v>2378</v>
+        <v>2385</v>
       </c>
       <c r="B1459">
-        <v>63743</v>
+        <v>64287</v>
       </c>
       <c r="C1459" t="s">
-        <v>2376</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" t="s">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="B1460">
-        <v>63762</v>
+        <v>64291</v>
       </c>
       <c r="C1460" t="s">
-        <v>2380</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" t="s">
-        <v>2381</v>
+        <v>2387</v>
       </c>
       <c r="B1461">
-        <v>63776</v>
+        <v>64295</v>
       </c>
       <c r="C1461" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B1462">
+        <v>64295</v>
+      </c>
+      <c r="C1462" t="s">
         <v>2383</v>
-      </c>
-[...4 lines deleted...]
-        <v>2384</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="B1463">
-        <v>63796</v>
+        <v>64297</v>
       </c>
       <c r="C1463" t="s">
-        <v>2386</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" t="s">
-        <v>2387</v>
+        <v>2390</v>
       </c>
       <c r="B1464">
-        <v>63801</v>
+        <v>64319</v>
       </c>
       <c r="C1464" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
       <c r="B1465">
-        <v>63801</v>
+        <v>64319</v>
       </c>
       <c r="C1465" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="B1466">
-        <v>63811</v>
+        <v>64319</v>
       </c>
       <c r="C1466" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="B1467">
-        <v>63820</v>
+        <v>64331</v>
       </c>
       <c r="C1467" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="B1468">
-        <v>63843</v>
+        <v>64347</v>
       </c>
       <c r="C1468" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="B1469">
-        <v>63874</v>
+        <v>64367</v>
       </c>
       <c r="C1469" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" t="s">
-        <v>1486</v>
+        <v>2400</v>
       </c>
       <c r="B1470">
-        <v>63879</v>
+        <v>64385</v>
       </c>
       <c r="C1470" t="s">
-        <v>2398</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" t="s">
-        <v>2399</v>
+        <v>2402</v>
       </c>
       <c r="B1471">
-        <v>63879</v>
+        <v>64401</v>
       </c>
       <c r="C1471" t="s">
-        <v>2398</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="B1472">
-        <v>63897</v>
+        <v>64401</v>
       </c>
       <c r="C1472" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" t="s">
-        <v>2402</v>
+        <v>2405</v>
       </c>
       <c r="B1473">
-        <v>63920</v>
+        <v>64521</v>
       </c>
       <c r="C1473" t="s">
-        <v>2403</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" t="s">
-        <v>2404</v>
+        <v>1263</v>
       </c>
       <c r="B1474">
-        <v>64283</v>
+        <v>64546</v>
       </c>
       <c r="C1474" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="B1475">
-        <v>64285</v>
+        <v>64572</v>
       </c>
       <c r="C1475" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" t="s">
-        <v>2407</v>
+        <v>2410</v>
       </c>
       <c r="B1476">
-        <v>64287</v>
+        <v>64625</v>
       </c>
       <c r="C1476" t="s">
-        <v>2405</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" t="s">
-        <v>2408</v>
+        <v>1191</v>
       </c>
       <c r="B1477">
-        <v>64291</v>
+        <v>64625</v>
       </c>
       <c r="C1477" t="s">
-        <v>2405</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" t="s">
-        <v>2409</v>
+        <v>2412</v>
       </c>
       <c r="B1478">
-        <v>64295</v>
+        <v>64625</v>
       </c>
       <c r="C1478" t="s">
-        <v>2405</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" t="s">
-        <v>2410</v>
+        <v>2413</v>
       </c>
       <c r="B1479">
-        <v>64295</v>
+        <v>64646</v>
       </c>
       <c r="C1479" t="s">
-        <v>2405</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" t="s">
-        <v>2411</v>
+        <v>2415</v>
       </c>
       <c r="B1480">
-        <v>64297</v>
+        <v>64646</v>
       </c>
       <c r="C1480" t="s">
-        <v>2405</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="B1481">
-        <v>64319</v>
+        <v>64668</v>
       </c>
       <c r="C1481" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
       <c r="B1482">
-        <v>64319</v>
+        <v>64711</v>
       </c>
       <c r="C1482" t="s">
-        <v>2413</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" t="s">
-        <v>2415</v>
+        <v>2420</v>
       </c>
       <c r="B1483">
-        <v>64319</v>
+        <v>64807</v>
       </c>
       <c r="C1483" t="s">
-        <v>2413</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" t="s">
-        <v>2416</v>
+        <v>2422</v>
       </c>
       <c r="B1484">
-        <v>64331</v>
+        <v>64832</v>
       </c>
       <c r="C1484" t="s">
-        <v>2417</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" t="s">
-        <v>2418</v>
+        <v>2424</v>
       </c>
       <c r="B1485">
-        <v>64347</v>
+        <v>64846</v>
       </c>
       <c r="C1485" t="s">
-        <v>2419</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" t="s">
-        <v>2420</v>
+        <v>2426</v>
       </c>
       <c r="B1486">
-        <v>64367</v>
+        <v>65189</v>
       </c>
       <c r="C1486" t="s">
-        <v>2421</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" t="s">
-        <v>2422</v>
+        <v>2428</v>
       </c>
       <c r="B1487">
-        <v>64385</v>
+        <v>65189</v>
       </c>
       <c r="C1487" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" t="s">
-        <v>2424</v>
+        <v>2429</v>
       </c>
       <c r="B1488">
-        <v>64401</v>
+        <v>65189</v>
       </c>
       <c r="C1488" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="B1489">
-        <v>64401</v>
+        <v>65189</v>
       </c>
       <c r="C1489" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B1490">
+        <v>65203</v>
+      </c>
+      <c r="C1490" t="s">
         <v>2427</v>
-      </c>
-[...4 lines deleted...]
-        <v>2428</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" t="s">
-        <v>1271</v>
+        <v>2432</v>
       </c>
       <c r="B1491">
-        <v>64546</v>
+        <v>65205</v>
       </c>
       <c r="C1491" t="s">
-        <v>2429</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" t="s">
-        <v>2430</v>
+        <v>2433</v>
       </c>
       <c r="B1492">
-        <v>64572</v>
+        <v>65205</v>
       </c>
       <c r="C1492" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
       <c r="B1493">
-        <v>64625</v>
+        <v>65207</v>
       </c>
       <c r="C1493" t="s">
-        <v>2433</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" t="s">
-        <v>1199</v>
+        <v>2435</v>
       </c>
       <c r="B1494">
-        <v>64625</v>
+        <v>65232</v>
       </c>
       <c r="C1494" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="B1495">
-        <v>64625</v>
+        <v>65343</v>
       </c>
       <c r="C1495" t="s">
-        <v>2433</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="B1496">
-        <v>64646</v>
+        <v>65344</v>
       </c>
       <c r="C1496" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" t="s">
-        <v>2437</v>
+        <v>2440</v>
       </c>
       <c r="B1497">
-        <v>64646</v>
+        <v>65366</v>
       </c>
       <c r="C1497" t="s">
-        <v>2436</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" t="s">
-        <v>2438</v>
+        <v>2442</v>
       </c>
       <c r="B1498">
-        <v>64668</v>
+        <v>65428</v>
       </c>
       <c r="C1498" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" t="s">
-        <v>2440</v>
+        <v>2444</v>
       </c>
       <c r="B1499">
-        <v>64711</v>
+        <v>65428</v>
       </c>
       <c r="C1499" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" t="s">
-        <v>2442</v>
+        <v>2445</v>
       </c>
       <c r="B1500">
-        <v>64807</v>
+        <v>65439</v>
       </c>
       <c r="C1500" t="s">
-        <v>2443</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" t="s">
-        <v>2444</v>
+        <v>2447</v>
       </c>
       <c r="B1501">
-        <v>64832</v>
+        <v>65462</v>
       </c>
       <c r="C1501" t="s">
-        <v>2445</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" t="s">
-        <v>2446</v>
+        <v>2449</v>
       </c>
       <c r="B1502">
-        <v>64846</v>
+        <v>65462</v>
       </c>
       <c r="C1502" t="s">
-        <v>2447</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" t="s">
-        <v>2448</v>
+        <v>2451</v>
       </c>
       <c r="B1503">
-        <v>65189</v>
+        <v>65468</v>
       </c>
       <c r="C1503" t="s">
-        <v>2449</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" t="s">
-        <v>2450</v>
+        <v>1476</v>
       </c>
       <c r="B1504">
-        <v>65189</v>
+        <v>65520</v>
       </c>
       <c r="C1504" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" t="s">
-        <v>2451</v>
+        <v>2454</v>
       </c>
       <c r="B1505">
-        <v>65189</v>
+        <v>65549</v>
       </c>
       <c r="C1505" t="s">
-        <v>2449</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
       <c r="B1506">
-        <v>65189</v>
+        <v>65582</v>
       </c>
       <c r="C1506" t="s">
-        <v>2449</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="B1507">
-        <v>65203</v>
+        <v>65611</v>
       </c>
       <c r="C1507" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" t="s">
-        <v>2454</v>
+        <v>2460</v>
       </c>
       <c r="B1508">
-        <v>65205</v>
+        <v>65614</v>
       </c>
       <c r="C1508" t="s">
-        <v>2449</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" t="s">
-        <v>2455</v>
+        <v>2462</v>
       </c>
       <c r="B1509">
-        <v>65205</v>
+        <v>65614</v>
       </c>
       <c r="C1509" t="s">
-        <v>2449</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" t="s">
-        <v>2456</v>
+        <v>2463</v>
       </c>
       <c r="B1510">
-        <v>65207</v>
+        <v>65620</v>
       </c>
       <c r="C1510" t="s">
-        <v>2449</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" t="s">
-        <v>2457</v>
+        <v>2465</v>
       </c>
       <c r="B1511">
-        <v>65232</v>
+        <v>65719</v>
       </c>
       <c r="C1511" t="s">
-        <v>2458</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" t="s">
-        <v>2459</v>
+        <v>2467</v>
       </c>
       <c r="B1512">
-        <v>65343</v>
+        <v>65779</v>
       </c>
       <c r="C1512" t="s">
-        <v>2460</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" t="s">
-        <v>2461</v>
+        <v>2469</v>
       </c>
       <c r="B1513">
-        <v>65344</v>
+        <v>65812</v>
       </c>
       <c r="C1513" t="s">
-        <v>2460</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" t="s">
-        <v>2462</v>
+        <v>2471</v>
       </c>
       <c r="B1514">
-        <v>65366</v>
+        <v>65929</v>
       </c>
       <c r="C1514" t="s">
-        <v>2463</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" t="s">
-        <v>2464</v>
+        <v>2472</v>
       </c>
       <c r="B1515">
-        <v>65428</v>
+        <v>65929</v>
       </c>
       <c r="C1515" t="s">
-        <v>2465</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" t="s">
-        <v>2466</v>
+        <v>2473</v>
       </c>
       <c r="B1516">
-        <v>65428</v>
+        <v>65933</v>
       </c>
       <c r="C1516" t="s">
-        <v>2465</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="B1517">
-        <v>65439</v>
+        <v>66115</v>
       </c>
       <c r="C1517" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" t="s">
-        <v>2469</v>
+        <v>2476</v>
       </c>
       <c r="B1518">
-        <v>65462</v>
+        <v>66119</v>
       </c>
       <c r="C1518" t="s">
-        <v>2470</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" t="s">
-        <v>2471</v>
+        <v>2477</v>
       </c>
       <c r="B1519">
-        <v>65462</v>
+        <v>66119</v>
       </c>
       <c r="C1519" t="s">
-        <v>2472</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" t="s">
-        <v>2473</v>
+        <v>2478</v>
       </c>
       <c r="B1520">
-        <v>65468</v>
+        <v>66121</v>
       </c>
       <c r="C1520" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" t="s">
-        <v>1486</v>
+        <v>2479</v>
       </c>
       <c r="B1521">
-        <v>65520</v>
+        <v>66121</v>
       </c>
       <c r="C1521" t="s">
         <v>2475</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
       <c r="B1522">
-        <v>65549</v>
+        <v>66130</v>
       </c>
       <c r="C1522" t="s">
-        <v>2477</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" t="s">
-        <v>2478</v>
+        <v>2481</v>
       </c>
       <c r="B1523">
-        <v>65582</v>
+        <v>66265</v>
       </c>
       <c r="C1523" t="s">
-        <v>2479</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" t="s">
-        <v>2480</v>
+        <v>2483</v>
       </c>
       <c r="B1524">
-        <v>65611</v>
+        <v>66280</v>
       </c>
       <c r="C1524" t="s">
-        <v>2481</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" t="s">
-        <v>2482</v>
+        <v>2485</v>
       </c>
       <c r="B1525">
-        <v>65614</v>
+        <v>66287</v>
       </c>
       <c r="C1525" t="s">
-        <v>2483</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" t="s">
-        <v>2484</v>
+        <v>2487</v>
       </c>
       <c r="B1526">
-        <v>65614</v>
+        <v>66292</v>
       </c>
       <c r="C1526" t="s">
-        <v>2483</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="B1527">
-        <v>65620</v>
+        <v>66292</v>
       </c>
       <c r="C1527" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" t="s">
-        <v>2487</v>
+        <v>2490</v>
       </c>
       <c r="B1528">
-        <v>65719</v>
+        <v>66333</v>
       </c>
       <c r="C1528" t="s">
-        <v>2488</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" t="s">
-        <v>2489</v>
+        <v>2492</v>
       </c>
       <c r="B1529">
-        <v>65779</v>
+        <v>66333</v>
       </c>
       <c r="C1529" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="B1530">
-        <v>65812</v>
+        <v>66333</v>
       </c>
       <c r="C1530" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="B1531">
-        <v>65929</v>
+        <v>66386</v>
       </c>
       <c r="C1531" t="s">
-        <v>494</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" t="s">
-        <v>2494</v>
+        <v>2497</v>
       </c>
       <c r="B1532">
-        <v>65929</v>
+        <v>66386</v>
       </c>
       <c r="C1532" t="s">
-        <v>494</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" t="s">
-        <v>2495</v>
+        <v>2498</v>
       </c>
       <c r="B1533">
-        <v>65933</v>
+        <v>66386</v>
       </c>
       <c r="C1533" t="s">
-        <v>494</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" t="s">
-        <v>2496</v>
+        <v>2499</v>
       </c>
       <c r="B1534">
-        <v>66115</v>
+        <v>66424</v>
       </c>
       <c r="C1534" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="B1535">
-        <v>66119</v>
+        <v>66440</v>
       </c>
       <c r="C1535" t="s">
-        <v>2497</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B1536">
-        <v>66119</v>
+        <v>66440</v>
       </c>
       <c r="C1536" t="s">
-        <v>2497</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" t="s">
-        <v>2500</v>
+        <v>2505</v>
       </c>
       <c r="B1537">
-        <v>66121</v>
+        <v>66459</v>
       </c>
       <c r="C1537" t="s">
-        <v>2497</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" t="s">
-        <v>2501</v>
+        <v>2507</v>
       </c>
       <c r="B1538">
-        <v>66121</v>
+        <v>66482</v>
       </c>
       <c r="C1538" t="s">
-        <v>2497</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" t="s">
-        <v>2502</v>
+        <v>2509</v>
       </c>
       <c r="B1539">
-        <v>66130</v>
+        <v>66482</v>
       </c>
       <c r="C1539" t="s">
-        <v>2497</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" t="s">
-        <v>2503</v>
+        <v>2510</v>
       </c>
       <c r="B1540">
-        <v>66265</v>
+        <v>66538</v>
       </c>
       <c r="C1540" t="s">
-        <v>2504</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" t="s">
-        <v>2505</v>
+        <v>2512</v>
       </c>
       <c r="B1541">
-        <v>66280</v>
+        <v>66557</v>
       </c>
       <c r="C1541" t="s">
-        <v>2506</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" t="s">
-        <v>2507</v>
+        <v>2514</v>
       </c>
       <c r="B1542">
-        <v>66287</v>
+        <v>66578</v>
       </c>
       <c r="C1542" t="s">
-        <v>2508</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" t="s">
-        <v>2509</v>
+        <v>2516</v>
       </c>
       <c r="B1543">
-        <v>66292</v>
+        <v>66583</v>
       </c>
       <c r="C1543" t="s">
-        <v>2510</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" t="s">
-        <v>2511</v>
+        <v>2518</v>
       </c>
       <c r="B1544">
-        <v>66292</v>
+        <v>66583</v>
       </c>
       <c r="C1544" t="s">
-        <v>2510</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" t="s">
-        <v>2512</v>
+        <v>2519</v>
       </c>
       <c r="B1545">
-        <v>66333</v>
+        <v>66589</v>
       </c>
       <c r="C1545" t="s">
-        <v>2513</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" t="s">
-        <v>2514</v>
+        <v>2521</v>
       </c>
       <c r="B1546">
-        <v>66333</v>
+        <v>66606</v>
       </c>
       <c r="C1546" t="s">
-        <v>2513</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" t="s">
-        <v>2515</v>
+        <v>2523</v>
       </c>
       <c r="B1547">
-        <v>66333</v>
+        <v>66629</v>
       </c>
       <c r="C1547" t="s">
-        <v>2516</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" t="s">
-        <v>2517</v>
+        <v>2525</v>
       </c>
       <c r="B1548">
-        <v>66386</v>
+        <v>66646</v>
       </c>
       <c r="C1548" t="s">
-        <v>2518</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" t="s">
-        <v>2519</v>
+        <v>2527</v>
       </c>
       <c r="B1549">
-        <v>66386</v>
+        <v>66679</v>
       </c>
       <c r="C1549" t="s">
-        <v>2518</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" t="s">
-        <v>2520</v>
+        <v>2529</v>
       </c>
       <c r="B1550">
-        <v>66386</v>
+        <v>66687</v>
       </c>
       <c r="C1550" t="s">
-        <v>2518</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" t="s">
-        <v>2521</v>
+        <v>2531</v>
       </c>
       <c r="B1551">
-        <v>66424</v>
+        <v>66693</v>
       </c>
       <c r="C1551" t="s">
-        <v>2522</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" t="s">
-        <v>2523</v>
+        <v>2533</v>
       </c>
       <c r="B1552">
-        <v>66440</v>
+        <v>66701</v>
       </c>
       <c r="C1552" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="B1553">
-        <v>66440</v>
+        <v>66740</v>
       </c>
       <c r="C1553" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" t="s">
-        <v>2527</v>
+        <v>2537</v>
       </c>
       <c r="B1554">
-        <v>66459</v>
+        <v>66740</v>
       </c>
       <c r="C1554" t="s">
-        <v>2528</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" t="s">
-        <v>2529</v>
+        <v>2538</v>
       </c>
       <c r="B1555">
-        <v>66482</v>
+        <v>66763</v>
       </c>
       <c r="C1555" t="s">
-        <v>2530</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" t="s">
-        <v>2531</v>
+        <v>2540</v>
       </c>
       <c r="B1556">
-        <v>66482</v>
+        <v>66780</v>
       </c>
       <c r="C1556" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" t="s">
-        <v>2532</v>
+        <v>2542</v>
       </c>
       <c r="B1557">
-        <v>66538</v>
+        <v>66802</v>
       </c>
       <c r="C1557" t="s">
-        <v>2533</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" t="s">
-        <v>2534</v>
+        <v>2544</v>
       </c>
       <c r="B1558">
-        <v>66557</v>
+        <v>66822</v>
       </c>
       <c r="C1558" t="s">
-        <v>2535</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" t="s">
-        <v>2536</v>
+        <v>2546</v>
       </c>
       <c r="B1559">
-        <v>66578</v>
+        <v>66839</v>
       </c>
       <c r="C1559" t="s">
-        <v>2537</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" t="s">
-        <v>2538</v>
+        <v>2548</v>
       </c>
       <c r="B1560">
-        <v>66583</v>
+        <v>66839</v>
       </c>
       <c r="C1560" t="s">
-        <v>2539</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" t="s">
-        <v>2540</v>
+        <v>2549</v>
       </c>
       <c r="B1561">
-        <v>66583</v>
+        <v>66849</v>
       </c>
       <c r="C1561" t="s">
-        <v>2539</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" t="s">
-        <v>2541</v>
+        <v>2551</v>
       </c>
       <c r="B1562">
-        <v>66589</v>
+        <v>66869</v>
       </c>
       <c r="C1562" t="s">
-        <v>2542</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" t="s">
-        <v>2543</v>
+        <v>2553</v>
       </c>
       <c r="B1563">
-        <v>66606</v>
+        <v>66871</v>
       </c>
       <c r="C1563" t="s">
-        <v>2544</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" t="s">
-        <v>2545</v>
+        <v>2555</v>
       </c>
       <c r="B1564">
-        <v>66629</v>
+        <v>66892</v>
       </c>
       <c r="C1564" t="s">
-        <v>2546</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" t="s">
-        <v>2547</v>
+        <v>2557</v>
       </c>
       <c r="B1565">
-        <v>66646</v>
+        <v>66914</v>
       </c>
       <c r="C1565" t="s">
-        <v>2548</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" t="s">
-        <v>2549</v>
+        <v>2559</v>
       </c>
       <c r="B1566">
-        <v>66679</v>
+        <v>66954</v>
       </c>
       <c r="C1566" t="s">
-        <v>2550</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" t="s">
-        <v>2551</v>
+        <v>2561</v>
       </c>
       <c r="B1567">
-        <v>66687</v>
+        <v>67059</v>
       </c>
       <c r="C1567" t="s">
-        <v>2552</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" t="s">
-        <v>2553</v>
+        <v>2563</v>
       </c>
       <c r="B1568">
-        <v>66693</v>
+        <v>67063</v>
       </c>
       <c r="C1568" t="s">
-        <v>2554</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" t="s">
-        <v>2555</v>
+        <v>2564</v>
       </c>
       <c r="B1569">
-        <v>66701</v>
+        <v>67065</v>
       </c>
       <c r="C1569" t="s">
-        <v>2556</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" t="s">
-        <v>2557</v>
+        <v>2565</v>
       </c>
       <c r="B1570">
-        <v>66740</v>
+        <v>67065</v>
       </c>
       <c r="C1570" t="s">
-        <v>2558</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" t="s">
-        <v>2559</v>
+        <v>2566</v>
       </c>
       <c r="B1571">
-        <v>66740</v>
+        <v>67069</v>
       </c>
       <c r="C1571" t="s">
-        <v>2558</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B1572">
-        <v>66763</v>
+        <v>67071</v>
       </c>
       <c r="C1572" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" t="s">
-        <v>2562</v>
+        <v>2568</v>
       </c>
       <c r="B1573">
-        <v>66780</v>
+        <v>67098</v>
       </c>
       <c r="C1573" t="s">
-        <v>2563</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" t="s">
-        <v>2564</v>
+        <v>2570</v>
       </c>
       <c r="B1574">
-        <v>66802</v>
+        <v>67117</v>
       </c>
       <c r="C1574" t="s">
-        <v>2565</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" t="s">
-        <v>2566</v>
+        <v>2572</v>
       </c>
       <c r="B1575">
-        <v>66822</v>
+        <v>67122</v>
       </c>
       <c r="C1575" t="s">
-        <v>2567</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" t="s">
-        <v>2568</v>
+        <v>2574</v>
       </c>
       <c r="B1576">
-        <v>66839</v>
+        <v>67227</v>
       </c>
       <c r="C1576" t="s">
-        <v>2569</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" t="s">
-        <v>2570</v>
+        <v>2576</v>
       </c>
       <c r="B1577">
-        <v>66839</v>
+        <v>67245</v>
       </c>
       <c r="C1577" t="s">
-        <v>2569</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" t="s">
-        <v>2571</v>
+        <v>2578</v>
       </c>
       <c r="B1578">
-        <v>66849</v>
+        <v>67269</v>
       </c>
       <c r="C1578" t="s">
-        <v>2572</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" t="s">
-        <v>2573</v>
+        <v>2580</v>
       </c>
       <c r="B1579">
-        <v>66869</v>
+        <v>67278</v>
       </c>
       <c r="C1579" t="s">
-        <v>2574</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" t="s">
-        <v>2575</v>
+        <v>2582</v>
       </c>
       <c r="B1580">
-        <v>66871</v>
+        <v>67292</v>
       </c>
       <c r="C1580" t="s">
-        <v>2576</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" t="s">
-        <v>2577</v>
+        <v>2584</v>
       </c>
       <c r="B1581">
-        <v>66892</v>
+        <v>67346</v>
       </c>
       <c r="C1581" t="s">
-        <v>2578</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" t="s">
-        <v>2579</v>
+        <v>2586</v>
       </c>
       <c r="B1582">
-        <v>66914</v>
+        <v>67346</v>
       </c>
       <c r="C1582" t="s">
-        <v>2580</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" t="s">
-        <v>2581</v>
+        <v>2587</v>
       </c>
       <c r="B1583">
-        <v>66954</v>
+        <v>67346</v>
       </c>
       <c r="C1583" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" t="s">
-        <v>2583</v>
+        <v>2588</v>
       </c>
       <c r="B1584">
-        <v>67059</v>
+        <v>67346</v>
       </c>
       <c r="C1584" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" t="s">
-        <v>2585</v>
+        <v>2589</v>
       </c>
       <c r="B1585">
-        <v>67063</v>
+        <v>67365</v>
       </c>
       <c r="C1585" t="s">
-        <v>2584</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" t="s">
-        <v>2586</v>
+        <v>2591</v>
       </c>
       <c r="B1586">
-        <v>67065</v>
+        <v>67433</v>
       </c>
       <c r="C1586" t="s">
-        <v>2584</v>
+        <v>317</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" t="s">
-        <v>2587</v>
+        <v>2592</v>
       </c>
       <c r="B1587">
-        <v>67065</v>
+        <v>67487</v>
       </c>
       <c r="C1587" t="s">
-        <v>2584</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" t="s">
-        <v>2588</v>
+        <v>2594</v>
       </c>
       <c r="B1588">
-        <v>67069</v>
+        <v>67547</v>
       </c>
       <c r="C1588" t="s">
-        <v>2584</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" t="s">
-        <v>2589</v>
+        <v>2596</v>
       </c>
       <c r="B1589">
-        <v>67071</v>
+        <v>67549</v>
       </c>
       <c r="C1589" t="s">
-        <v>2584</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" t="s">
-        <v>2590</v>
+        <v>2597</v>
       </c>
       <c r="B1590">
-        <v>67098</v>
+        <v>67549</v>
       </c>
       <c r="C1590" t="s">
-        <v>2591</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" t="s">
-        <v>2592</v>
+        <v>2598</v>
       </c>
       <c r="B1591">
-        <v>67117</v>
+        <v>67549</v>
       </c>
       <c r="C1591" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" t="s">
-        <v>2594</v>
+        <v>2599</v>
       </c>
       <c r="B1592">
-        <v>67122</v>
+        <v>67551</v>
       </c>
       <c r="C1592" t="s">
-        <v>2595</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" t="s">
-        <v>2596</v>
+        <v>2601</v>
       </c>
       <c r="B1593">
-        <v>67227</v>
+        <v>67574</v>
       </c>
       <c r="C1593" t="s">
-        <v>2597</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" t="s">
-        <v>2598</v>
+        <v>2603</v>
       </c>
       <c r="B1594">
-        <v>67245</v>
+        <v>67657</v>
       </c>
       <c r="C1594" t="s">
-        <v>2599</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" t="s">
-        <v>2600</v>
+        <v>2605</v>
       </c>
       <c r="B1595">
-        <v>67269</v>
+        <v>67661</v>
       </c>
       <c r="C1595" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" t="s">
-        <v>2602</v>
+        <v>2606</v>
       </c>
       <c r="B1596">
-        <v>67278</v>
+        <v>67663</v>
       </c>
       <c r="C1596" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="B1597">
-        <v>67292</v>
+        <v>67677</v>
       </c>
       <c r="C1597" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="B1598">
-        <v>67346</v>
+        <v>67685</v>
       </c>
       <c r="C1598" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" t="s">
-        <v>2608</v>
+        <v>2333</v>
       </c>
       <c r="B1599">
-        <v>67346</v>
+        <v>67697</v>
       </c>
       <c r="C1599" t="s">
-        <v>2607</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
       <c r="B1600">
-        <v>67346</v>
+        <v>67714</v>
       </c>
       <c r="C1600" t="s">
-        <v>2607</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" t="s">
-        <v>2610</v>
+        <v>2614</v>
       </c>
       <c r="B1601">
-        <v>67346</v>
+        <v>67731</v>
       </c>
       <c r="C1601" t="s">
-        <v>2607</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" t="s">
-        <v>2611</v>
+        <v>2616</v>
       </c>
       <c r="B1602">
-        <v>67365</v>
+        <v>67734</v>
       </c>
       <c r="C1602" t="s">
-        <v>2612</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" t="s">
-        <v>2613</v>
+        <v>2618</v>
       </c>
       <c r="B1603">
-        <v>67433</v>
+        <v>67742</v>
       </c>
       <c r="C1603" t="s">
-        <v>317</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" t="s">
-        <v>2614</v>
+        <v>2620</v>
       </c>
       <c r="B1604">
-        <v>67487</v>
+        <v>67806</v>
       </c>
       <c r="C1604" t="s">
-        <v>2615</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" t="s">
-        <v>2616</v>
+        <v>2622</v>
       </c>
       <c r="B1605">
-        <v>67547</v>
+        <v>67816</v>
       </c>
       <c r="C1605" t="s">
-        <v>2617</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" t="s">
-        <v>2618</v>
+        <v>2624</v>
       </c>
       <c r="B1606">
-        <v>67549</v>
+        <v>67823</v>
       </c>
       <c r="C1606" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" t="s">
-        <v>2619</v>
+        <v>2626</v>
       </c>
       <c r="B1607">
-        <v>67549</v>
+        <v>68159</v>
       </c>
       <c r="C1607" t="s">
-        <v>2617</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" t="s">
-        <v>2620</v>
+        <v>2628</v>
       </c>
       <c r="B1608">
-        <v>67549</v>
+        <v>68165</v>
       </c>
       <c r="C1608" t="s">
-        <v>2617</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" t="s">
-        <v>2621</v>
+        <v>2629</v>
       </c>
       <c r="B1609">
-        <v>67551</v>
+        <v>68167</v>
       </c>
       <c r="C1609" t="s">
-        <v>2622</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" t="s">
-        <v>2623</v>
+        <v>2630</v>
       </c>
       <c r="B1610">
-        <v>67574</v>
+        <v>68169</v>
       </c>
       <c r="C1610" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" t="s">
-        <v>2625</v>
+        <v>2631</v>
       </c>
       <c r="B1611">
-        <v>67657</v>
+        <v>68219</v>
       </c>
       <c r="C1611" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B1612">
+        <v>68307</v>
+      </c>
+      <c r="C1612" t="s">
         <v>2627</v>
-      </c>
-[...4 lines deleted...]
-        <v>2626</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" t="s">
-        <v>2628</v>
+        <v>2633</v>
       </c>
       <c r="B1613">
-        <v>67663</v>
+        <v>68309</v>
       </c>
       <c r="C1613" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" t="s">
-        <v>2629</v>
+        <v>2634</v>
       </c>
       <c r="B1614">
-        <v>67677</v>
+        <v>68309</v>
       </c>
       <c r="C1614" t="s">
-        <v>2630</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" t="s">
-        <v>2631</v>
+        <v>2635</v>
       </c>
       <c r="B1615">
-        <v>67685</v>
+        <v>68309</v>
       </c>
       <c r="C1615" t="s">
-        <v>2632</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" t="s">
-        <v>2355</v>
+        <v>2636</v>
       </c>
       <c r="B1616">
-        <v>67697</v>
+        <v>68519</v>
       </c>
       <c r="C1616" t="s">
-        <v>2633</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" t="s">
-        <v>2634</v>
+        <v>2638</v>
       </c>
       <c r="B1617">
-        <v>67714</v>
+        <v>68535</v>
       </c>
       <c r="C1617" t="s">
-        <v>2635</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" t="s">
-        <v>2636</v>
+        <v>2640</v>
       </c>
       <c r="B1618">
-        <v>67731</v>
+        <v>68642</v>
       </c>
       <c r="C1618" t="s">
-        <v>2637</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" t="s">
-        <v>2638</v>
+        <v>2642</v>
       </c>
       <c r="B1619">
-        <v>67734</v>
+        <v>68723</v>
       </c>
       <c r="C1619" t="s">
-        <v>2639</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" t="s">
-        <v>2640</v>
+        <v>2644</v>
       </c>
       <c r="B1620">
-        <v>67742</v>
+        <v>68766</v>
       </c>
       <c r="C1620" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" t="s">
-        <v>2642</v>
+        <v>2646</v>
       </c>
       <c r="B1621">
-        <v>67806</v>
+        <v>68766</v>
       </c>
       <c r="C1621" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
       <c r="B1622">
-        <v>67816</v>
+        <v>68794</v>
       </c>
       <c r="C1622" t="s">
-        <v>2645</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" t="s">
-        <v>2646</v>
+        <v>2649</v>
       </c>
       <c r="B1623">
-        <v>67823</v>
+        <v>69115</v>
       </c>
       <c r="C1623" t="s">
-        <v>2647</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" t="s">
-        <v>2648</v>
+        <v>2651</v>
       </c>
       <c r="B1624">
-        <v>68159</v>
+        <v>69123</v>
       </c>
       <c r="C1624" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" t="s">
+        <v>2652</v>
+      </c>
+      <c r="B1625">
+        <v>69126</v>
+      </c>
+      <c r="C1625" t="s">
         <v>2650</v>
-      </c>
-[...4 lines deleted...]
-        <v>2649</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="B1626">
-        <v>68167</v>
+        <v>69151</v>
       </c>
       <c r="C1626" t="s">
-        <v>2649</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" t="s">
-        <v>2652</v>
+        <v>2655</v>
       </c>
       <c r="B1627">
-        <v>68169</v>
+        <v>69168</v>
       </c>
       <c r="C1627" t="s">
-        <v>2649</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" t="s">
-        <v>2653</v>
+        <v>2657</v>
       </c>
       <c r="B1628">
-        <v>68219</v>
+        <v>69198</v>
       </c>
       <c r="C1628" t="s">
-        <v>2649</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" t="s">
-        <v>2654</v>
+        <v>2659</v>
       </c>
       <c r="B1629">
-        <v>68307</v>
+        <v>69207</v>
       </c>
       <c r="C1629" t="s">
-        <v>2649</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" t="s">
-        <v>2655</v>
+        <v>2661</v>
       </c>
       <c r="B1630">
-        <v>68309</v>
+        <v>69242</v>
       </c>
       <c r="C1630" t="s">
-        <v>2649</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" t="s">
-        <v>2656</v>
+        <v>2663</v>
       </c>
       <c r="B1631">
-        <v>68309</v>
+        <v>69427</v>
       </c>
       <c r="C1631" t="s">
-        <v>2649</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" t="s">
-        <v>2657</v>
+        <v>2665</v>
       </c>
       <c r="B1632">
-        <v>68309</v>
+        <v>69469</v>
       </c>
       <c r="C1632" t="s">
-        <v>2649</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" t="s">
-        <v>2658</v>
+        <v>2667</v>
       </c>
       <c r="B1633">
-        <v>68519</v>
+        <v>69483</v>
       </c>
       <c r="C1633" t="s">
-        <v>2659</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" t="s">
-        <v>2660</v>
+        <v>2669</v>
       </c>
       <c r="B1634">
-        <v>68535</v>
+        <v>69488</v>
       </c>
       <c r="C1634" t="s">
-        <v>2661</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" t="s">
-        <v>2662</v>
+        <v>2671</v>
       </c>
       <c r="B1635">
-        <v>68642</v>
+        <v>70190</v>
       </c>
       <c r="C1635" t="s">
-        <v>2663</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" t="s">
-        <v>2664</v>
+        <v>2673</v>
       </c>
       <c r="B1636">
-        <v>68723</v>
+        <v>70327</v>
       </c>
       <c r="C1636" t="s">
-        <v>2665</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" t="s">
-        <v>2666</v>
+        <v>2674</v>
       </c>
       <c r="B1637">
-        <v>68766</v>
+        <v>70372</v>
       </c>
       <c r="C1637" t="s">
-        <v>2667</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" t="s">
-        <v>2668</v>
+        <v>2675</v>
       </c>
       <c r="B1638">
-        <v>68766</v>
+        <v>70374</v>
       </c>
       <c r="C1638" t="s">
-        <v>2667</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" t="s">
-        <v>2669</v>
+        <v>2676</v>
       </c>
       <c r="B1639">
-        <v>68794</v>
+        <v>70376</v>
       </c>
       <c r="C1639" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" t="s">
-        <v>2671</v>
+        <v>2677</v>
       </c>
       <c r="B1640">
-        <v>69115</v>
+        <v>70469</v>
       </c>
       <c r="C1640" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" t="s">
-        <v>2673</v>
+        <v>2678</v>
       </c>
       <c r="B1641">
-        <v>69123</v>
+        <v>70469</v>
       </c>
       <c r="C1641" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" t="s">
-        <v>2674</v>
+        <v>2679</v>
       </c>
       <c r="B1642">
-        <v>69126</v>
+        <v>70469</v>
       </c>
       <c r="C1642" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" t="s">
-        <v>2675</v>
+        <v>2680</v>
       </c>
       <c r="B1643">
-        <v>69151</v>
+        <v>70499</v>
       </c>
       <c r="C1643" t="s">
-        <v>2676</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" t="s">
-        <v>2677</v>
+        <v>2681</v>
       </c>
       <c r="B1644">
-        <v>69168</v>
+        <v>70563</v>
       </c>
       <c r="C1644" t="s">
-        <v>2678</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" t="s">
-        <v>2679</v>
+        <v>2682</v>
       </c>
       <c r="B1645">
-        <v>69198</v>
+        <v>70567</v>
       </c>
       <c r="C1645" t="s">
-        <v>2680</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
       <c r="B1646">
-        <v>69207</v>
+        <v>70619</v>
       </c>
       <c r="C1646" t="s">
-        <v>2682</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" t="s">
-        <v>2683</v>
+        <v>2684</v>
       </c>
       <c r="B1647">
-        <v>69242</v>
+        <v>70771</v>
       </c>
       <c r="C1647" t="s">
-        <v>2684</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" t="s">
-        <v>2685</v>
+        <v>2686</v>
       </c>
       <c r="B1648">
-        <v>69250</v>
+        <v>70794</v>
       </c>
       <c r="C1648" t="s">
-        <v>2686</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" t="s">
-        <v>2687</v>
+        <v>2688</v>
       </c>
       <c r="B1649">
-        <v>69427</v>
+        <v>70806</v>
       </c>
       <c r="C1649" t="s">
-        <v>2688</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" t="s">
-        <v>2689</v>
+        <v>2690</v>
       </c>
       <c r="B1650">
-        <v>69469</v>
+        <v>70825</v>
       </c>
       <c r="C1650" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" t="s">
-        <v>2691</v>
+        <v>2692</v>
       </c>
       <c r="B1651">
-        <v>69483</v>
+        <v>70839</v>
       </c>
       <c r="C1651" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="B1652">
-        <v>69488</v>
+        <v>71034</v>
       </c>
       <c r="C1652" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
       <c r="B1653">
-        <v>70190</v>
+        <v>71065</v>
       </c>
       <c r="C1653" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B1654">
+        <v>71067</v>
+      </c>
+      <c r="C1654" t="s">
         <v>2697</v>
-      </c>
-[...4 lines deleted...]
-        <v>2696</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" t="s">
-        <v>2698</v>
+        <v>2699</v>
       </c>
       <c r="B1655">
-        <v>70372</v>
+        <v>71083</v>
       </c>
       <c r="C1655" t="s">
-        <v>2696</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
       <c r="B1656">
-        <v>70374</v>
+        <v>71088</v>
       </c>
       <c r="C1656" t="s">
-        <v>2696</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" t="s">
-        <v>2700</v>
+        <v>2703</v>
       </c>
       <c r="B1657">
-        <v>70376</v>
+        <v>71106</v>
       </c>
       <c r="C1657" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" t="s">
-        <v>2701</v>
+        <v>2705</v>
       </c>
       <c r="B1658">
-        <v>70469</v>
+        <v>71149</v>
       </c>
       <c r="C1658" t="s">
-        <v>2696</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" t="s">
-        <v>2702</v>
+        <v>2707</v>
       </c>
       <c r="B1659">
-        <v>70469</v>
+        <v>71254</v>
       </c>
       <c r="C1659" t="s">
-        <v>2696</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" t="s">
-        <v>2703</v>
+        <v>2709</v>
       </c>
       <c r="B1660">
-        <v>70469</v>
+        <v>71272</v>
       </c>
       <c r="C1660" t="s">
-        <v>2696</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" t="s">
-        <v>2704</v>
+        <v>2711</v>
       </c>
       <c r="B1661">
-        <v>70499</v>
+        <v>71282</v>
       </c>
       <c r="C1661" t="s">
-        <v>2696</v>
+        <v>981</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" t="s">
-        <v>2705</v>
+        <v>2712</v>
       </c>
       <c r="B1662">
-        <v>70563</v>
+        <v>71332</v>
       </c>
       <c r="C1662" t="s">
-        <v>2696</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" t="s">
-        <v>2706</v>
+        <v>2714</v>
       </c>
       <c r="B1663">
-        <v>70563</v>
+        <v>71384</v>
       </c>
       <c r="C1663" t="s">
-        <v>2696</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" t="s">
-        <v>2707</v>
+        <v>2716</v>
       </c>
       <c r="B1664">
-        <v>70567</v>
+        <v>71522</v>
       </c>
       <c r="C1664" t="s">
-        <v>2696</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" t="s">
-        <v>2708</v>
+        <v>2718</v>
       </c>
       <c r="B1665">
-        <v>70619</v>
+        <v>71522</v>
       </c>
       <c r="C1665" t="s">
-        <v>2696</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" t="s">
-        <v>2709</v>
+        <v>2719</v>
       </c>
       <c r="B1666">
-        <v>70771</v>
+        <v>71543</v>
       </c>
       <c r="C1666" t="s">
-        <v>2710</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" t="s">
-        <v>2711</v>
+        <v>2721</v>
       </c>
       <c r="B1667">
-        <v>70794</v>
+        <v>71560</v>
       </c>
       <c r="C1667" t="s">
-        <v>2712</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" t="s">
-        <v>2713</v>
+        <v>2722</v>
       </c>
       <c r="B1668">
-        <v>70806</v>
+        <v>71636</v>
       </c>
       <c r="C1668" t="s">
-        <v>2714</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" t="s">
-        <v>2715</v>
+        <v>2724</v>
       </c>
       <c r="B1669">
-        <v>70825</v>
+        <v>71638</v>
       </c>
       <c r="C1669" t="s">
-        <v>2716</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" t="s">
-        <v>2717</v>
+        <v>2725</v>
       </c>
       <c r="B1670">
-        <v>70839</v>
+        <v>71665</v>
       </c>
       <c r="C1670" t="s">
-        <v>2718</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" t="s">
-        <v>2719</v>
+        <v>2727</v>
       </c>
       <c r="B1671">
-        <v>71034</v>
+        <v>71686</v>
       </c>
       <c r="C1671" t="s">
-        <v>2720</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" t="s">
-        <v>2721</v>
+        <v>2729</v>
       </c>
       <c r="B1672">
-        <v>71065</v>
+        <v>71696</v>
       </c>
       <c r="C1672" t="s">
-        <v>2722</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" t="s">
-        <v>2723</v>
+        <v>2731</v>
       </c>
       <c r="B1673">
-        <v>71067</v>
+        <v>71706</v>
       </c>
       <c r="C1673" t="s">
-        <v>2722</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" t="s">
-        <v>2724</v>
+        <v>2733</v>
       </c>
       <c r="B1674">
-        <v>71083</v>
+        <v>71711</v>
       </c>
       <c r="C1674" t="s">
-        <v>2725</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" t="s">
-        <v>2726</v>
+        <v>2735</v>
       </c>
       <c r="B1675">
-        <v>71088</v>
+        <v>71717</v>
       </c>
       <c r="C1675" t="s">
-        <v>2727</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" t="s">
-        <v>2728</v>
+        <v>2737</v>
       </c>
       <c r="B1676">
-        <v>71106</v>
+        <v>71729</v>
       </c>
       <c r="C1676" t="s">
-        <v>2729</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" t="s">
-        <v>2730</v>
+        <v>2739</v>
       </c>
       <c r="B1677">
-        <v>71149</v>
+        <v>72072</v>
       </c>
       <c r="C1677" t="s">
-        <v>2731</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" t="s">
-        <v>2732</v>
+        <v>2741</v>
       </c>
       <c r="B1678">
-        <v>71254</v>
+        <v>72108</v>
       </c>
       <c r="C1678" t="s">
-        <v>2733</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" t="s">
-        <v>2734</v>
+        <v>2743</v>
       </c>
       <c r="B1679">
-        <v>71272</v>
+        <v>72108</v>
       </c>
       <c r="C1679" t="s">
-        <v>2735</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" t="s">
-        <v>2736</v>
+        <v>2745</v>
       </c>
       <c r="B1680">
-        <v>71282</v>
+        <v>72160</v>
       </c>
       <c r="C1680" t="s">
-        <v>987</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" t="s">
-        <v>2737</v>
+        <v>2747</v>
       </c>
       <c r="B1681">
-        <v>71332</v>
+        <v>72172</v>
       </c>
       <c r="C1681" t="s">
-        <v>2738</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" t="s">
-        <v>2739</v>
+        <v>2749</v>
       </c>
       <c r="B1682">
-        <v>71384</v>
+        <v>72202</v>
       </c>
       <c r="C1682" t="s">
-        <v>2740</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" t="s">
-        <v>2741</v>
+        <v>2751</v>
       </c>
       <c r="B1683">
-        <v>71522</v>
+        <v>72336</v>
       </c>
       <c r="C1683" t="s">
-        <v>2742</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" t="s">
-        <v>2743</v>
+        <v>2753</v>
       </c>
       <c r="B1684">
-        <v>71522</v>
+        <v>72359</v>
       </c>
       <c r="C1684" t="s">
-        <v>2742</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" t="s">
-        <v>2744</v>
+        <v>2755</v>
       </c>
       <c r="B1685">
-        <v>71543</v>
+        <v>72379</v>
       </c>
       <c r="C1685" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" t="s">
-        <v>2746</v>
+        <v>2757</v>
       </c>
       <c r="B1686">
-        <v>71560</v>
+        <v>72393</v>
       </c>
       <c r="C1686" t="s">
-        <v>2506</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" t="s">
-        <v>2747</v>
+        <v>2402</v>
       </c>
       <c r="B1687">
-        <v>71636</v>
+        <v>72411</v>
       </c>
       <c r="C1687" t="s">
-        <v>2748</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" t="s">
-        <v>2749</v>
+        <v>2760</v>
       </c>
       <c r="B1688">
-        <v>71638</v>
+        <v>72458</v>
       </c>
       <c r="C1688" t="s">
-        <v>2748</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" t="s">
-        <v>2750</v>
+        <v>2762</v>
       </c>
       <c r="B1689">
-        <v>71665</v>
+        <v>72488</v>
       </c>
       <c r="C1689" t="s">
-        <v>2751</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" t="s">
-        <v>2752</v>
+        <v>2764</v>
       </c>
       <c r="B1690">
-        <v>71686</v>
+        <v>72501</v>
       </c>
       <c r="C1690" t="s">
-        <v>2753</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" t="s">
-        <v>2754</v>
+        <v>2766</v>
       </c>
       <c r="B1691">
-        <v>71696</v>
+        <v>72622</v>
       </c>
       <c r="C1691" t="s">
-        <v>2755</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" t="s">
-        <v>2756</v>
+        <v>2768</v>
       </c>
       <c r="B1692">
-        <v>71706</v>
+        <v>72636</v>
       </c>
       <c r="C1692" t="s">
-        <v>2757</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" t="s">
-        <v>2758</v>
+        <v>2770</v>
       </c>
       <c r="B1693">
-        <v>71711</v>
+        <v>72649</v>
       </c>
       <c r="C1693" t="s">
-        <v>2759</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" t="s">
-        <v>2760</v>
+        <v>2772</v>
       </c>
       <c r="B1694">
-        <v>71717</v>
+        <v>72760</v>
       </c>
       <c r="C1694" t="s">
-        <v>2761</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" t="s">
-        <v>2762</v>
+        <v>2774</v>
       </c>
       <c r="B1695">
-        <v>71729</v>
+        <v>72764</v>
       </c>
       <c r="C1695" t="s">
-        <v>2763</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" t="s">
-        <v>2764</v>
+        <v>2775</v>
       </c>
       <c r="B1696">
-        <v>72072</v>
+        <v>72793</v>
       </c>
       <c r="C1696" t="s">
-        <v>2765</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" t="s">
-        <v>2766</v>
+        <v>2777</v>
       </c>
       <c r="B1697">
-        <v>72108</v>
+        <v>72829</v>
       </c>
       <c r="C1697" t="s">
-        <v>2767</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" t="s">
-        <v>2768</v>
+        <v>2779</v>
       </c>
       <c r="B1698">
-        <v>72108</v>
+        <v>73033</v>
       </c>
       <c r="C1698" t="s">
-        <v>2769</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" t="s">
-        <v>2770</v>
+        <v>2781</v>
       </c>
       <c r="B1699">
-        <v>72160</v>
+        <v>73033</v>
       </c>
       <c r="C1699" t="s">
-        <v>2771</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" t="s">
-        <v>2772</v>
+        <v>2782</v>
       </c>
       <c r="B1700">
-        <v>72172</v>
+        <v>73037</v>
       </c>
       <c r="C1700" t="s">
-        <v>2773</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" t="s">
-        <v>2774</v>
+        <v>2783</v>
       </c>
       <c r="B1701">
-        <v>72202</v>
+        <v>73054</v>
       </c>
       <c r="C1701" t="s">
-        <v>2775</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" t="s">
-        <v>2776</v>
+        <v>2785</v>
       </c>
       <c r="B1702">
-        <v>72336</v>
+        <v>73061</v>
       </c>
       <c r="C1702" t="s">
-        <v>2777</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" t="s">
-        <v>2778</v>
+        <v>2787</v>
       </c>
       <c r="B1703">
-        <v>72359</v>
+        <v>73066</v>
       </c>
       <c r="C1703" t="s">
-        <v>2779</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" t="s">
-        <v>2780</v>
+        <v>2789</v>
       </c>
       <c r="B1704">
-        <v>72393</v>
+        <v>73072</v>
       </c>
       <c r="C1704" t="s">
-        <v>2781</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" t="s">
-        <v>2782</v>
+        <v>2791</v>
       </c>
       <c r="B1705">
-        <v>72411</v>
+        <v>73230</v>
       </c>
       <c r="C1705" t="s">
-        <v>2783</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" t="s">
-        <v>2784</v>
+        <v>2792</v>
       </c>
       <c r="B1706">
-        <v>72458</v>
+        <v>73257</v>
       </c>
       <c r="C1706" t="s">
-        <v>2785</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" t="s">
-        <v>2786</v>
+        <v>2794</v>
       </c>
       <c r="B1707">
-        <v>72488</v>
+        <v>73312</v>
       </c>
       <c r="C1707" t="s">
-        <v>2787</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" t="s">
-        <v>2788</v>
+        <v>2796</v>
       </c>
       <c r="B1708">
-        <v>72501</v>
+        <v>73342</v>
       </c>
       <c r="C1708" t="s">
-        <v>2789</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" t="s">
-        <v>2790</v>
+        <v>2798</v>
       </c>
       <c r="B1709">
-        <v>72622</v>
+        <v>73430</v>
       </c>
       <c r="C1709" t="s">
-        <v>2791</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" t="s">
-        <v>2792</v>
+        <v>2800</v>
       </c>
       <c r="B1710">
-        <v>72636</v>
+        <v>73434</v>
       </c>
       <c r="C1710" t="s">
-        <v>2793</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" t="s">
-        <v>2794</v>
+        <v>2802</v>
       </c>
       <c r="B1711">
-        <v>72649</v>
+        <v>73447</v>
       </c>
       <c r="C1711" t="s">
-        <v>2795</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" t="s">
-        <v>2796</v>
+        <v>2804</v>
       </c>
       <c r="B1712">
-        <v>72760</v>
+        <v>73450</v>
       </c>
       <c r="C1712" t="s">
-        <v>2797</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" t="s">
-        <v>2798</v>
+        <v>2806</v>
       </c>
       <c r="B1713">
-        <v>72764</v>
+        <v>73525</v>
       </c>
       <c r="C1713" t="s">
-        <v>2797</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" t="s">
-        <v>2799</v>
+        <v>2808</v>
       </c>
       <c r="B1714">
-        <v>72793</v>
+        <v>73527</v>
       </c>
       <c r="C1714" t="s">
-        <v>2800</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" t="s">
-        <v>2801</v>
+        <v>1762</v>
       </c>
       <c r="B1715">
-        <v>72829</v>
+        <v>73563</v>
       </c>
       <c r="C1715" t="s">
-        <v>2802</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" t="s">
-        <v>2803</v>
+        <v>2810</v>
       </c>
       <c r="B1716">
-        <v>73033</v>
+        <v>73614</v>
       </c>
       <c r="C1716" t="s">
-        <v>2804</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" t="s">
-        <v>2805</v>
+        <v>2812</v>
       </c>
       <c r="B1717">
-        <v>73033</v>
+        <v>73614</v>
       </c>
       <c r="C1717" t="s">
-        <v>2804</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" t="s">
-        <v>2806</v>
+        <v>2813</v>
       </c>
       <c r="B1718">
-        <v>73037</v>
+        <v>73650</v>
       </c>
       <c r="C1718" t="s">
-        <v>2804</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" t="s">
-        <v>2807</v>
+        <v>2815</v>
       </c>
       <c r="B1719">
-        <v>73054</v>
+        <v>73655</v>
       </c>
       <c r="C1719" t="s">
-        <v>2808</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" t="s">
-        <v>2809</v>
+        <v>2817</v>
       </c>
       <c r="B1720">
-        <v>73061</v>
+        <v>73660</v>
       </c>
       <c r="C1720" t="s">
-        <v>2810</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" t="s">
-        <v>2811</v>
+        <v>2819</v>
       </c>
       <c r="B1721">
-        <v>73066</v>
+        <v>73732</v>
       </c>
       <c r="C1721" t="s">
-        <v>2812</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" t="s">
-        <v>2813</v>
+        <v>2821</v>
       </c>
       <c r="B1722">
-        <v>73072</v>
+        <v>73765</v>
       </c>
       <c r="C1722" t="s">
-        <v>2814</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" t="s">
-        <v>2815</v>
+        <v>1612</v>
       </c>
       <c r="B1723">
-        <v>73230</v>
+        <v>73770</v>
       </c>
       <c r="C1723" t="s">
-        <v>1251</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" t="s">
-        <v>2816</v>
+        <v>2824</v>
       </c>
       <c r="B1724">
-        <v>73257</v>
+        <v>73776</v>
       </c>
       <c r="C1724" t="s">
-        <v>2817</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" t="s">
-        <v>2818</v>
+        <v>2826</v>
       </c>
       <c r="B1725">
-        <v>73312</v>
+        <v>74072</v>
       </c>
       <c r="C1725" t="s">
-        <v>2819</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" t="s">
-        <v>2820</v>
+        <v>2828</v>
       </c>
       <c r="B1726">
-        <v>73342</v>
+        <v>74076</v>
       </c>
       <c r="C1726" t="s">
-        <v>2821</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" t="s">
-        <v>2822</v>
+        <v>2829</v>
       </c>
       <c r="B1727">
-        <v>73430</v>
+        <v>74080</v>
       </c>
       <c r="C1727" t="s">
-        <v>2823</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" t="s">
-        <v>2824</v>
+        <v>2830</v>
       </c>
       <c r="B1728">
-        <v>73434</v>
+        <v>74172</v>
       </c>
       <c r="C1728" t="s">
-        <v>2825</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" t="s">
-        <v>2826</v>
+        <v>2832</v>
       </c>
       <c r="B1729">
-        <v>73447</v>
+        <v>74172</v>
       </c>
       <c r="C1729" t="s">
-        <v>2827</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" t="s">
-        <v>2828</v>
+        <v>2833</v>
       </c>
       <c r="B1730">
-        <v>73450</v>
+        <v>74199</v>
       </c>
       <c r="C1730" t="s">
-        <v>2829</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" t="s">
-        <v>2830</v>
+        <v>2835</v>
       </c>
       <c r="B1731">
-        <v>73525</v>
+        <v>74199</v>
       </c>
       <c r="C1731" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" t="s">
-        <v>2832</v>
+        <v>2836</v>
       </c>
       <c r="B1732">
-        <v>73527</v>
+        <v>74219</v>
       </c>
       <c r="C1732" t="s">
-        <v>2831</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" t="s">
-        <v>1778</v>
+        <v>2838</v>
       </c>
       <c r="B1733">
-        <v>73563</v>
+        <v>74248</v>
       </c>
       <c r="C1733" t="s">
-        <v>2833</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" t="s">
-        <v>2834</v>
+        <v>2840</v>
       </c>
       <c r="B1734">
-        <v>73614</v>
+        <v>74321</v>
       </c>
       <c r="C1734" t="s">
-        <v>2835</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" t="s">
-        <v>2836</v>
+        <v>2842</v>
       </c>
       <c r="B1735">
-        <v>73614</v>
+        <v>74343</v>
       </c>
       <c r="C1735" t="s">
-        <v>2835</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" t="s">
-        <v>2837</v>
+        <v>2844</v>
       </c>
       <c r="B1736">
-        <v>73650</v>
+        <v>74348</v>
       </c>
       <c r="C1736" t="s">
-        <v>2838</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" t="s">
-        <v>2839</v>
+        <v>2846</v>
       </c>
       <c r="B1737">
-        <v>73655</v>
+        <v>74348</v>
       </c>
       <c r="C1737" t="s">
-        <v>2840</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" t="s">
-        <v>2841</v>
+        <v>2847</v>
       </c>
       <c r="B1738">
-        <v>73660</v>
+        <v>74360</v>
       </c>
       <c r="C1738" t="s">
-        <v>2842</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" t="s">
-        <v>2843</v>
+        <v>2849</v>
       </c>
       <c r="B1739">
-        <v>73732</v>
+        <v>74363</v>
       </c>
       <c r="C1739" t="s">
-        <v>2844</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" t="s">
-        <v>2845</v>
+        <v>2851</v>
       </c>
       <c r="B1740">
-        <v>73765</v>
+        <v>74385</v>
       </c>
       <c r="C1740" t="s">
-        <v>2846</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" t="s">
-        <v>1628</v>
+        <v>2853</v>
       </c>
       <c r="B1741">
-        <v>73770</v>
+        <v>74523</v>
       </c>
       <c r="C1741" t="s">
-        <v>2847</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" t="s">
-        <v>2848</v>
+        <v>2855</v>
       </c>
       <c r="B1742">
-        <v>73776</v>
+        <v>74535</v>
       </c>
       <c r="C1742" t="s">
-        <v>2849</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" t="s">
-        <v>2850</v>
+        <v>2857</v>
       </c>
       <c r="B1743">
-        <v>74072</v>
+        <v>74564</v>
       </c>
       <c r="C1743" t="s">
-        <v>2851</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" t="s">
-        <v>2852</v>
+        <v>2859</v>
       </c>
       <c r="B1744">
-        <v>74076</v>
+        <v>74582</v>
       </c>
       <c r="C1744" t="s">
-        <v>2851</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" t="s">
-        <v>2853</v>
+        <v>2861</v>
       </c>
       <c r="B1745">
-        <v>74080</v>
+        <v>74585</v>
       </c>
       <c r="C1745" t="s">
-        <v>2851</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" t="s">
-        <v>2854</v>
+        <v>2863</v>
       </c>
       <c r="B1746">
-        <v>74172</v>
+        <v>74613</v>
       </c>
       <c r="C1746" t="s">
-        <v>2855</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" t="s">
-        <v>2856</v>
+        <v>2865</v>
       </c>
       <c r="B1747">
-        <v>74172</v>
+        <v>74653</v>
       </c>
       <c r="C1747" t="s">
-        <v>2855</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" t="s">
-        <v>2857</v>
+        <v>2867</v>
       </c>
       <c r="B1748">
-        <v>74199</v>
+        <v>74722</v>
       </c>
       <c r="C1748" t="s">
-        <v>2858</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" t="s">
-        <v>2859</v>
+        <v>2869</v>
       </c>
       <c r="B1749">
-        <v>74199</v>
+        <v>74821</v>
       </c>
       <c r="C1749" t="s">
-        <v>2858</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" t="s">
-        <v>2860</v>
+        <v>2871</v>
       </c>
       <c r="B1750">
-        <v>74219</v>
+        <v>74906</v>
       </c>
       <c r="C1750" t="s">
-        <v>2861</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" t="s">
-        <v>2862</v>
+        <v>2873</v>
       </c>
       <c r="B1751">
-        <v>74248</v>
+        <v>74909</v>
       </c>
       <c r="C1751" t="s">
-        <v>2863</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" t="s">
-        <v>2864</v>
+        <v>2875</v>
       </c>
       <c r="B1752">
-        <v>74321</v>
+        <v>75015</v>
       </c>
       <c r="C1752" t="s">
-        <v>2865</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" t="s">
-        <v>2866</v>
+        <v>2877</v>
       </c>
       <c r="B1753">
-        <v>74343</v>
+        <v>75015</v>
       </c>
       <c r="C1753" t="s">
-        <v>2867</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" t="s">
-        <v>2868</v>
+        <v>2878</v>
       </c>
       <c r="B1754">
-        <v>74348</v>
+        <v>75031</v>
       </c>
       <c r="C1754" t="s">
-        <v>2869</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" t="s">
-        <v>2870</v>
+        <v>2880</v>
       </c>
       <c r="B1755">
-        <v>74348</v>
+        <v>75056</v>
       </c>
       <c r="C1755" t="s">
-        <v>2869</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" t="s">
-        <v>2871</v>
+        <v>2882</v>
       </c>
       <c r="B1756">
-        <v>74360</v>
+        <v>75172</v>
       </c>
       <c r="C1756" t="s">
-        <v>2872</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" t="s">
-        <v>2873</v>
+        <v>2884</v>
       </c>
       <c r="B1757">
-        <v>74363</v>
+        <v>75177</v>
       </c>
       <c r="C1757" t="s">
-        <v>2874</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" t="s">
-        <v>2875</v>
+        <v>2885</v>
       </c>
       <c r="B1758">
-        <v>74385</v>
+        <v>75179</v>
       </c>
       <c r="C1758" t="s">
-        <v>2876</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" t="s">
-        <v>2877</v>
+        <v>2886</v>
       </c>
       <c r="B1759">
-        <v>74523</v>
+        <v>75180</v>
       </c>
       <c r="C1759" t="s">
-        <v>2878</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" t="s">
-        <v>2879</v>
+        <v>2887</v>
       </c>
       <c r="B1760">
-        <v>74535</v>
+        <v>75196</v>
       </c>
       <c r="C1760" t="s">
-        <v>2880</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" t="s">
-        <v>2881</v>
+        <v>2889</v>
       </c>
       <c r="B1761">
-        <v>74564</v>
+        <v>75203</v>
       </c>
       <c r="C1761" t="s">
-        <v>2882</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" t="s">
-        <v>2883</v>
+        <v>2891</v>
       </c>
       <c r="B1762">
-        <v>74582</v>
+        <v>75323</v>
       </c>
       <c r="C1762" t="s">
-        <v>2884</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" t="s">
-        <v>2885</v>
+        <v>2893</v>
       </c>
       <c r="B1763">
-        <v>74585</v>
+        <v>75339</v>
       </c>
       <c r="C1763" t="s">
-        <v>2886</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" t="s">
-        <v>2887</v>
+        <v>2895</v>
       </c>
       <c r="B1764">
-        <v>74613</v>
+        <v>75382</v>
       </c>
       <c r="C1764" t="s">
-        <v>2888</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" t="s">
-        <v>2889</v>
+        <v>2897</v>
       </c>
       <c r="B1765">
-        <v>74653</v>
+        <v>75394</v>
       </c>
       <c r="C1765" t="s">
-        <v>2890</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" t="s">
-        <v>2891</v>
+        <v>2899</v>
       </c>
       <c r="B1766">
-        <v>74722</v>
+        <v>75417</v>
       </c>
       <c r="C1766" t="s">
-        <v>2892</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" t="s">
-        <v>2893</v>
+        <v>2901</v>
       </c>
       <c r="B1767">
-        <v>74821</v>
+        <v>75417</v>
       </c>
       <c r="C1767" t="s">
-        <v>2894</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" t="s">
-        <v>2895</v>
+        <v>2902</v>
       </c>
       <c r="B1768">
-        <v>74906</v>
+        <v>76131</v>
       </c>
       <c r="C1768" t="s">
-        <v>2896</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" t="s">
-        <v>2897</v>
+        <v>2904</v>
       </c>
       <c r="B1769">
-        <v>74909</v>
+        <v>76131</v>
       </c>
       <c r="C1769" t="s">
-        <v>2898</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" t="s">
-        <v>2899</v>
+        <v>2905</v>
       </c>
       <c r="B1770">
-        <v>75015</v>
+        <v>76133</v>
       </c>
       <c r="C1770" t="s">
-        <v>2900</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" t="s">
-        <v>2901</v>
+        <v>2906</v>
       </c>
       <c r="B1771">
-        <v>75015</v>
+        <v>76137</v>
       </c>
       <c r="C1771" t="s">
-        <v>2900</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" t="s">
-        <v>2902</v>
+        <v>2907</v>
       </c>
       <c r="B1772">
-        <v>75031</v>
+        <v>76149</v>
       </c>
       <c r="C1772" t="s">
         <v>2903</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
       <c r="B1773">
-        <v>75056</v>
+        <v>76228</v>
       </c>
       <c r="C1773" t="s">
-        <v>2905</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="B1774">
-        <v>75172</v>
+        <v>76275</v>
       </c>
       <c r="C1774" t="s">
-        <v>2907</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" t="s">
-        <v>2908</v>
+        <v>2911</v>
       </c>
       <c r="B1775">
-        <v>75177</v>
+        <v>76275</v>
       </c>
       <c r="C1775" t="s">
-        <v>2907</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" t="s">
-        <v>2909</v>
+        <v>2913</v>
       </c>
       <c r="B1776">
-        <v>75179</v>
+        <v>76307</v>
       </c>
       <c r="C1776" t="s">
-        <v>2907</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" t="s">
-        <v>2910</v>
+        <v>2915</v>
       </c>
       <c r="B1777">
-        <v>75180</v>
+        <v>76359</v>
       </c>
       <c r="C1777" t="s">
-        <v>2907</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" t="s">
-        <v>2911</v>
+        <v>2917</v>
       </c>
       <c r="B1778">
-        <v>75196</v>
+        <v>76448</v>
       </c>
       <c r="C1778" t="s">
-        <v>2912</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" t="s">
-        <v>2913</v>
+        <v>2919</v>
       </c>
       <c r="B1779">
-        <v>75203</v>
+        <v>76530</v>
       </c>
       <c r="C1779" t="s">
-        <v>2914</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" t="s">
-        <v>2915</v>
+        <v>2921</v>
       </c>
       <c r="B1780">
-        <v>75323</v>
+        <v>76532</v>
       </c>
       <c r="C1780" t="s">
-        <v>2916</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" t="s">
-        <v>2917</v>
+        <v>2922</v>
       </c>
       <c r="B1781">
-        <v>75339</v>
+        <v>76534</v>
       </c>
       <c r="C1781" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
       <c r="B1782">
-        <v>75382</v>
+        <v>76534</v>
       </c>
       <c r="C1782" t="s">
         <v>2920</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" t="s">
-        <v>2921</v>
+        <v>669</v>
       </c>
       <c r="B1783">
-        <v>75394</v>
+        <v>76549</v>
       </c>
       <c r="C1783" t="s">
-        <v>2922</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" t="s">
-        <v>2923</v>
+        <v>2925</v>
       </c>
       <c r="B1784">
-        <v>75417</v>
+        <v>76646</v>
       </c>
       <c r="C1784" t="s">
-        <v>2924</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" t="s">
-        <v>2925</v>
+        <v>2927</v>
       </c>
       <c r="B1785">
-        <v>75417</v>
+        <v>76756</v>
       </c>
       <c r="C1785" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" t="s">
-        <v>2926</v>
+        <v>2929</v>
       </c>
       <c r="B1786">
-        <v>76131</v>
+        <v>76767</v>
       </c>
       <c r="C1786" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
       <c r="B1787">
-        <v>76131</v>
+        <v>76829</v>
       </c>
       <c r="C1787" t="s">
-        <v>2927</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
       <c r="B1788">
-        <v>76133</v>
+        <v>76870</v>
       </c>
       <c r="C1788" t="s">
-        <v>2927</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" t="s">
-        <v>2930</v>
+        <v>2935</v>
       </c>
       <c r="B1789">
-        <v>76137</v>
+        <v>76877</v>
       </c>
       <c r="C1789" t="s">
-        <v>2927</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" t="s">
-        <v>2931</v>
+        <v>2936</v>
       </c>
       <c r="B1790">
-        <v>76149</v>
+        <v>77652</v>
       </c>
       <c r="C1790" t="s">
-        <v>2927</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" t="s">
-        <v>2932</v>
+        <v>2938</v>
       </c>
       <c r="B1791">
-        <v>76228</v>
+        <v>77694</v>
       </c>
       <c r="C1791" t="s">
-        <v>2927</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" t="s">
-        <v>2933</v>
+        <v>2940</v>
       </c>
       <c r="B1792">
-        <v>76275</v>
+        <v>77694</v>
       </c>
       <c r="C1792" t="s">
-        <v>2934</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" t="s">
-        <v>2935</v>
+        <v>2941</v>
       </c>
       <c r="B1793">
-        <v>76275</v>
+        <v>77716</v>
       </c>
       <c r="C1793" t="s">
-        <v>2936</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" t="s">
-        <v>2937</v>
+        <v>2943</v>
       </c>
       <c r="B1794">
-        <v>76307</v>
+        <v>77723</v>
       </c>
       <c r="C1794" t="s">
-        <v>2938</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" t="s">
-        <v>2939</v>
+        <v>2945</v>
       </c>
       <c r="B1795">
-        <v>76359</v>
+        <v>77749</v>
       </c>
       <c r="C1795" t="s">
-        <v>2940</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" t="s">
-        <v>2941</v>
+        <v>1191</v>
       </c>
       <c r="B1796">
-        <v>76448</v>
+        <v>77767</v>
       </c>
       <c r="C1796" t="s">
-        <v>2942</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" t="s">
-        <v>2943</v>
+        <v>1191</v>
       </c>
       <c r="B1797">
-        <v>76530</v>
+        <v>77767</v>
       </c>
       <c r="C1797" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" t="s">
-        <v>2945</v>
+        <v>609</v>
       </c>
       <c r="B1798">
-        <v>76532</v>
+        <v>77781</v>
       </c>
       <c r="C1798" t="s">
-        <v>2944</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" t="s">
-        <v>2946</v>
+        <v>2949</v>
       </c>
       <c r="B1799">
-        <v>76534</v>
+        <v>77815</v>
       </c>
       <c r="C1799" t="s">
-        <v>2944</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
       <c r="B1800">
-        <v>76534</v>
+        <v>77833</v>
       </c>
       <c r="C1800" t="s">
-        <v>2944</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" t="s">
-        <v>672</v>
+        <v>2953</v>
       </c>
       <c r="B1801">
-        <v>76549</v>
+        <v>77855</v>
       </c>
       <c r="C1801" t="s">
-        <v>2948</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" t="s">
-        <v>2949</v>
+        <v>2955</v>
       </c>
       <c r="B1802">
-        <v>76646</v>
+        <v>77933</v>
       </c>
       <c r="C1802" t="s">
-        <v>2950</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" t="s">
-        <v>2951</v>
+        <v>2957</v>
       </c>
       <c r="B1803">
-        <v>76756</v>
+        <v>77933</v>
       </c>
       <c r="C1803" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" t="s">
-        <v>2953</v>
+        <v>2958</v>
       </c>
       <c r="B1804">
-        <v>76767</v>
+        <v>77948</v>
       </c>
       <c r="C1804" t="s">
-        <v>2954</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" t="s">
-        <v>2955</v>
+        <v>2960</v>
       </c>
       <c r="B1805">
-        <v>76829</v>
+        <v>77955</v>
       </c>
       <c r="C1805" t="s">
-        <v>2956</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" t="s">
-        <v>2957</v>
+        <v>2962</v>
       </c>
       <c r="B1806">
-        <v>76870</v>
+        <v>78050</v>
       </c>
       <c r="C1806" t="s">
-        <v>2958</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" t="s">
-        <v>2959</v>
+        <v>2964</v>
       </c>
       <c r="B1807">
-        <v>76877</v>
+        <v>78052</v>
       </c>
       <c r="C1807" t="s">
-        <v>2326</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" t="s">
-        <v>2960</v>
+        <v>2966</v>
       </c>
       <c r="B1808">
-        <v>77652</v>
+        <v>78056</v>
       </c>
       <c r="C1808" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" t="s">
-        <v>2962</v>
+        <v>2967</v>
       </c>
       <c r="B1809">
-        <v>77694</v>
+        <v>78120</v>
       </c>
       <c r="C1809" t="s">
-        <v>2963</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" t="s">
-        <v>2964</v>
+        <v>2969</v>
       </c>
       <c r="B1810">
-        <v>77694</v>
+        <v>78132</v>
       </c>
       <c r="C1810" t="s">
-        <v>2963</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" t="s">
-        <v>2965</v>
+        <v>2971</v>
       </c>
       <c r="B1811">
-        <v>77716</v>
+        <v>78176</v>
       </c>
       <c r="C1811" t="s">
-        <v>2966</v>
+        <v>543</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" t="s">
-        <v>2967</v>
+        <v>2972</v>
       </c>
       <c r="B1812">
-        <v>77723</v>
+        <v>78224</v>
       </c>
       <c r="C1812" t="s">
-        <v>2968</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" t="s">
-        <v>2969</v>
+        <v>2974</v>
       </c>
       <c r="B1813">
-        <v>77749</v>
+        <v>78315</v>
       </c>
       <c r="C1813" t="s">
-        <v>2970</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" t="s">
-        <v>1199</v>
+        <v>2976</v>
       </c>
       <c r="B1814">
-        <v>77767</v>
+        <v>78467</v>
       </c>
       <c r="C1814" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" t="s">
-        <v>1199</v>
+        <v>2978</v>
       </c>
       <c r="B1815">
-        <v>77767</v>
+        <v>78467</v>
       </c>
       <c r="C1815" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" t="s">
-        <v>614</v>
+        <v>2979</v>
       </c>
       <c r="B1816">
-        <v>77781</v>
+        <v>78532</v>
       </c>
       <c r="C1816" t="s">
-        <v>2972</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" t="s">
-        <v>2973</v>
+        <v>2981</v>
       </c>
       <c r="B1817">
-        <v>77815</v>
+        <v>78554</v>
       </c>
       <c r="C1817" t="s">
-        <v>2974</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" t="s">
-        <v>2975</v>
+        <v>2983</v>
       </c>
       <c r="B1818">
-        <v>77833</v>
+        <v>78628</v>
       </c>
       <c r="C1818" t="s">
-        <v>2976</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" t="s">
-        <v>2977</v>
+        <v>2985</v>
       </c>
       <c r="B1819">
-        <v>77855</v>
+        <v>78647</v>
       </c>
       <c r="C1819" t="s">
-        <v>2978</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" t="s">
-        <v>2979</v>
+        <v>2987</v>
       </c>
       <c r="B1820">
-        <v>77933</v>
+        <v>78661</v>
       </c>
       <c r="C1820" t="s">
-        <v>2980</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" t="s">
-        <v>2981</v>
+        <v>2989</v>
       </c>
       <c r="B1821">
-        <v>77933</v>
+        <v>78713</v>
       </c>
       <c r="C1821" t="s">
-        <v>2980</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" t="s">
-        <v>2982</v>
+        <v>2991</v>
       </c>
       <c r="B1822">
-        <v>77948</v>
+        <v>78727</v>
       </c>
       <c r="C1822" t="s">
-        <v>2983</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" t="s">
-        <v>2984</v>
+        <v>2993</v>
       </c>
       <c r="B1823">
-        <v>77955</v>
+        <v>79098</v>
       </c>
       <c r="C1823" t="s">
-        <v>2985</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" t="s">
-        <v>2986</v>
+        <v>2995</v>
       </c>
       <c r="B1824">
-        <v>78050</v>
+        <v>79108</v>
       </c>
       <c r="C1824" t="s">
-        <v>2987</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" t="s">
-        <v>2988</v>
+        <v>2997</v>
       </c>
       <c r="B1825">
-        <v>78052</v>
+        <v>79111</v>
       </c>
       <c r="C1825" t="s">
-        <v>2989</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" t="s">
-        <v>2990</v>
+        <v>2998</v>
       </c>
       <c r="B1826">
-        <v>78056</v>
+        <v>79111</v>
       </c>
       <c r="C1826" t="s">
-        <v>2989</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" t="s">
-        <v>2991</v>
+        <v>2999</v>
       </c>
       <c r="B1827">
-        <v>78120</v>
+        <v>79112</v>
       </c>
       <c r="C1827" t="s">
-        <v>2992</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" t="s">
-        <v>2993</v>
+        <v>3000</v>
       </c>
       <c r="B1828">
-        <v>78132</v>
+        <v>79117</v>
       </c>
       <c r="C1828" t="s">
         <v>2994</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" t="s">
-        <v>2995</v>
+        <v>3001</v>
       </c>
       <c r="B1829">
-        <v>78176</v>
+        <v>79211</v>
       </c>
       <c r="C1829" t="s">
-        <v>544</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" t="s">
-        <v>2996</v>
+        <v>3003</v>
       </c>
       <c r="B1830">
-        <v>78224</v>
+        <v>79215</v>
       </c>
       <c r="C1830" t="s">
-        <v>2997</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" t="s">
-        <v>2998</v>
+        <v>3005</v>
       </c>
       <c r="B1831">
-        <v>78315</v>
+        <v>79258</v>
       </c>
       <c r="C1831" t="s">
-        <v>2999</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" t="s">
-        <v>3000</v>
+        <v>3007</v>
       </c>
       <c r="B1832">
-        <v>78467</v>
+        <v>79336</v>
       </c>
       <c r="C1832" t="s">
-        <v>3001</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" t="s">
-        <v>3002</v>
+        <v>3009</v>
       </c>
       <c r="B1833">
-        <v>78467</v>
+        <v>79346</v>
       </c>
       <c r="C1833" t="s">
-        <v>3001</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" t="s">
-        <v>3003</v>
+        <v>3011</v>
       </c>
       <c r="B1834">
-        <v>78532</v>
+        <v>79359</v>
       </c>
       <c r="C1834" t="s">
-        <v>3004</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" t="s">
-        <v>3005</v>
+        <v>3013</v>
       </c>
       <c r="B1835">
-        <v>78554</v>
+        <v>79379</v>
       </c>
       <c r="C1835" t="s">
-        <v>3006</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" t="s">
-        <v>3007</v>
+        <v>3015</v>
       </c>
       <c r="B1836">
-        <v>78628</v>
+        <v>79576</v>
       </c>
       <c r="C1836" t="s">
-        <v>3008</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" t="s">
-        <v>3009</v>
+        <v>1915</v>
       </c>
       <c r="B1837">
-        <v>78647</v>
+        <v>79591</v>
       </c>
       <c r="C1837" t="s">
-        <v>3010</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" t="s">
-        <v>3011</v>
+        <v>3018</v>
       </c>
       <c r="B1838">
-        <v>78661</v>
+        <v>79618</v>
       </c>
       <c r="C1838" t="s">
-        <v>3012</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" t="s">
-        <v>3013</v>
+        <v>3020</v>
       </c>
       <c r="B1839">
-        <v>78713</v>
+        <v>79674</v>
       </c>
       <c r="C1839" t="s">
-        <v>3014</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" t="s">
-        <v>3015</v>
+        <v>3022</v>
       </c>
       <c r="B1840">
-        <v>78727</v>
+        <v>79780</v>
       </c>
       <c r="C1840" t="s">
-        <v>3016</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" t="s">
-        <v>3017</v>
+        <v>3024</v>
       </c>
       <c r="B1841">
-        <v>79098</v>
+        <v>79822</v>
       </c>
       <c r="C1841" t="s">
-        <v>3018</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" t="s">
-        <v>3019</v>
+        <v>3026</v>
       </c>
       <c r="B1842">
-        <v>79108</v>
+        <v>79822</v>
       </c>
       <c r="C1842" t="s">
-        <v>3020</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" t="s">
-        <v>3021</v>
+        <v>3027</v>
       </c>
       <c r="B1843">
-        <v>79111</v>
+        <v>79848</v>
       </c>
       <c r="C1843" t="s">
-        <v>3018</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" t="s">
-        <v>3022</v>
+        <v>3029</v>
       </c>
       <c r="B1844">
-        <v>79111</v>
+        <v>80469</v>
       </c>
       <c r="C1844" t="s">
-        <v>3020</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" t="s">
-        <v>3023</v>
+        <v>3031</v>
       </c>
       <c r="B1845">
-        <v>79112</v>
+        <v>80637</v>
       </c>
       <c r="C1845" t="s">
-        <v>3018</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" t="s">
-        <v>3024</v>
+        <v>3032</v>
       </c>
       <c r="B1846">
-        <v>79117</v>
+        <v>80639</v>
       </c>
       <c r="C1846" t="s">
-        <v>3018</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" t="s">
-        <v>3025</v>
+        <v>3033</v>
       </c>
       <c r="B1847">
-        <v>79211</v>
+        <v>80686</v>
       </c>
       <c r="C1847" t="s">
-        <v>3026</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" t="s">
-        <v>3027</v>
+        <v>3034</v>
       </c>
       <c r="B1848">
-        <v>79215</v>
+        <v>80797</v>
       </c>
       <c r="C1848" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" t="s">
-        <v>3029</v>
+        <v>3035</v>
       </c>
       <c r="B1849">
-        <v>79258</v>
+        <v>80807</v>
       </c>
       <c r="C1849" t="s">
         <v>3030</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="B1850">
-        <v>79336</v>
+        <v>80809</v>
       </c>
       <c r="C1850" t="s">
-        <v>3032</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
       <c r="B1851">
-        <v>79346</v>
+        <v>80933</v>
       </c>
       <c r="C1851" t="s">
-        <v>3034</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" t="s">
-        <v>3035</v>
+        <v>3038</v>
       </c>
       <c r="B1852">
-        <v>79359</v>
+        <v>80939</v>
       </c>
       <c r="C1852" t="s">
-        <v>3036</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" t="s">
-        <v>3037</v>
+        <v>3039</v>
       </c>
       <c r="B1853">
-        <v>79379</v>
+        <v>80992</v>
       </c>
       <c r="C1853" t="s">
-        <v>3038</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
       <c r="B1854">
-        <v>79576</v>
+        <v>81241</v>
       </c>
       <c r="C1854" t="s">
-        <v>3040</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" t="s">
-        <v>1931</v>
+        <v>3041</v>
       </c>
       <c r="B1855">
-        <v>79591</v>
+        <v>81249</v>
       </c>
       <c r="C1855" t="s">
-        <v>3041</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" t="s">
         <v>3042</v>
       </c>
       <c r="B1856">
-        <v>79618</v>
+        <v>81369</v>
       </c>
       <c r="C1856" t="s">
-        <v>3043</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" t="s">
-        <v>3044</v>
+        <v>3043</v>
       </c>
       <c r="B1857">
-        <v>79674</v>
+        <v>81375</v>
       </c>
       <c r="C1857" t="s">
-        <v>3045</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" t="s">
-        <v>3046</v>
+        <v>3044</v>
       </c>
       <c r="B1858">
-        <v>79780</v>
+        <v>81377</v>
       </c>
       <c r="C1858" t="s">
-        <v>3047</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" t="s">
-        <v>3048</v>
+        <v>3045</v>
       </c>
       <c r="B1859">
-        <v>79822</v>
+        <v>81379</v>
       </c>
       <c r="C1859" t="s">
-        <v>3049</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" t="s">
-        <v>3050</v>
+        <v>3046</v>
       </c>
       <c r="B1860">
-        <v>79822</v>
+        <v>81539</v>
       </c>
       <c r="C1860" t="s">
-        <v>3049</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" t="s">
-        <v>3051</v>
+        <v>3047</v>
       </c>
       <c r="B1861">
-        <v>79848</v>
+        <v>81545</v>
       </c>
       <c r="C1861" t="s">
-        <v>3052</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" t="s">
-        <v>3053</v>
+        <v>3048</v>
       </c>
       <c r="B1862">
-        <v>80469</v>
+        <v>81669</v>
       </c>
       <c r="C1862" t="s">
-        <v>3054</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" t="s">
-        <v>3055</v>
+        <v>3049</v>
       </c>
       <c r="B1863">
-        <v>80637</v>
+        <v>81673</v>
       </c>
       <c r="C1863" t="s">
-        <v>3054</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" t="s">
-        <v>3056</v>
+        <v>3050</v>
       </c>
       <c r="B1864">
-        <v>80639</v>
+        <v>81735</v>
       </c>
       <c r="C1864" t="s">
-        <v>3054</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" t="s">
-        <v>3057</v>
+        <v>3051</v>
       </c>
       <c r="B1865">
-        <v>80686</v>
+        <v>81825</v>
       </c>
       <c r="C1865" t="s">
-        <v>3054</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" t="s">
-        <v>3058</v>
+        <v>3052</v>
       </c>
       <c r="B1866">
-        <v>80797</v>
+        <v>81829</v>
       </c>
       <c r="C1866" t="s">
-        <v>3054</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" t="s">
-        <v>3059</v>
+        <v>3053</v>
       </c>
       <c r="B1867">
-        <v>80807</v>
+        <v>81829</v>
       </c>
       <c r="C1867" t="s">
-        <v>3054</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" t="s">
-        <v>3060</v>
+        <v>3054</v>
       </c>
       <c r="B1868">
-        <v>80809</v>
+        <v>81927</v>
       </c>
       <c r="C1868" t="s">
-        <v>3054</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" t="s">
-        <v>3061</v>
+        <v>3055</v>
       </c>
       <c r="B1869">
-        <v>80933</v>
+        <v>82054</v>
       </c>
       <c r="C1869" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" t="s">
-        <v>3062</v>
+        <v>3057</v>
       </c>
       <c r="B1870">
-        <v>80939</v>
+        <v>82061</v>
       </c>
       <c r="C1870" t="s">
-        <v>3054</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" t="s">
-        <v>3063</v>
+        <v>3059</v>
       </c>
       <c r="B1871">
-        <v>80992</v>
+        <v>82131</v>
       </c>
       <c r="C1871" t="s">
-        <v>3054</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" t="s">
-        <v>3064</v>
+        <v>3061</v>
       </c>
       <c r="B1872">
-        <v>81241</v>
+        <v>82166</v>
       </c>
       <c r="C1872" t="s">
-        <v>3054</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" t="s">
-        <v>3065</v>
+        <v>3063</v>
       </c>
       <c r="B1873">
-        <v>81249</v>
+        <v>82239</v>
       </c>
       <c r="C1873" t="s">
-        <v>3054</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B1874">
+        <v>82256</v>
+      </c>
+      <c r="C1874" t="s">
         <v>3066</v>
-      </c>
-[...4 lines deleted...]
-        <v>3054</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" t="s">
         <v>3067</v>
       </c>
       <c r="B1875">
-        <v>81375</v>
+        <v>82266</v>
       </c>
       <c r="C1875" t="s">
-        <v>3054</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
       <c r="B1876">
-        <v>81377</v>
+        <v>82467</v>
       </c>
       <c r="C1876" t="s">
-        <v>3054</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="B1877">
-        <v>81379</v>
+        <v>82515</v>
       </c>
       <c r="C1877" t="s">
-        <v>3054</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" t="s">
-        <v>3070</v>
+        <v>3073</v>
       </c>
       <c r="B1878">
-        <v>81539</v>
+        <v>82538</v>
       </c>
       <c r="C1878" t="s">
-        <v>3054</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" t="s">
-        <v>3071</v>
+        <v>3075</v>
       </c>
       <c r="B1879">
-        <v>81545</v>
+        <v>83022</v>
       </c>
       <c r="C1879" t="s">
-        <v>3054</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" t="s">
-        <v>3072</v>
+        <v>3077</v>
       </c>
       <c r="B1880">
-        <v>81669</v>
+        <v>83059</v>
       </c>
       <c r="C1880" t="s">
-        <v>3054</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" t="s">
-        <v>3073</v>
+        <v>3079</v>
       </c>
       <c r="B1881">
-        <v>81673</v>
+        <v>83059</v>
       </c>
       <c r="C1881" t="s">
-        <v>3054</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" t="s">
-        <v>3074</v>
+        <v>3080</v>
       </c>
       <c r="B1882">
-        <v>81679</v>
+        <v>83064</v>
       </c>
       <c r="C1882" t="s">
-        <v>3054</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" t="s">
-        <v>3075</v>
+        <v>3082</v>
       </c>
       <c r="B1883">
-        <v>81735</v>
+        <v>83071</v>
       </c>
       <c r="C1883" t="s">
-        <v>3054</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" t="s">
-        <v>3076</v>
+        <v>2698</v>
       </c>
       <c r="B1884">
-        <v>81825</v>
+        <v>83101</v>
       </c>
       <c r="C1884" t="s">
-        <v>3054</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" t="s">
-        <v>3077</v>
+        <v>3085</v>
       </c>
       <c r="B1885">
-        <v>81829</v>
+        <v>83131</v>
       </c>
       <c r="C1885" t="s">
-        <v>3054</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" t="s">
-        <v>3078</v>
+        <v>3087</v>
       </c>
       <c r="B1886">
-        <v>81829</v>
+        <v>83278</v>
       </c>
       <c r="C1886" t="s">
-        <v>3054</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" t="s">
-        <v>3079</v>
+        <v>3089</v>
       </c>
       <c r="B1887">
-        <v>81927</v>
+        <v>83278</v>
       </c>
       <c r="C1887" t="s">
-        <v>3054</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" t="s">
-        <v>3080</v>
+        <v>3090</v>
       </c>
       <c r="B1888">
-        <v>82054</v>
+        <v>83301</v>
       </c>
       <c r="C1888" t="s">
-        <v>3081</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" t="s">
-        <v>3082</v>
+        <v>669</v>
       </c>
       <c r="B1889">
-        <v>82061</v>
+        <v>83324</v>
       </c>
       <c r="C1889" t="s">
-        <v>3083</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" t="s">
-        <v>3084</v>
+        <v>3093</v>
       </c>
       <c r="B1890">
-        <v>82131</v>
+        <v>83329</v>
       </c>
       <c r="C1890" t="s">
-        <v>3085</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" t="s">
-        <v>3086</v>
+        <v>3095</v>
       </c>
       <c r="B1891">
-        <v>82166</v>
+        <v>83339</v>
       </c>
       <c r="C1891" t="s">
-        <v>3087</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" t="s">
-        <v>3088</v>
+        <v>265</v>
       </c>
       <c r="B1892">
-        <v>82239</v>
+        <v>83395</v>
       </c>
       <c r="C1892" t="s">
-        <v>3089</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" t="s">
-        <v>3090</v>
+        <v>3098</v>
       </c>
       <c r="B1893">
-        <v>82256</v>
+        <v>83404</v>
       </c>
       <c r="C1893" t="s">
-        <v>3091</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" t="s">
-        <v>3092</v>
+        <v>3100</v>
       </c>
       <c r="B1894">
-        <v>82266</v>
+        <v>83435</v>
       </c>
       <c r="C1894" t="s">
-        <v>3093</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" t="s">
-        <v>3094</v>
+        <v>3102</v>
       </c>
       <c r="B1895">
-        <v>82467</v>
+        <v>83435</v>
       </c>
       <c r="C1895" t="s">
-        <v>3095</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" t="s">
-        <v>3096</v>
+        <v>3103</v>
       </c>
       <c r="B1896">
-        <v>82515</v>
+        <v>83471</v>
       </c>
       <c r="C1896" t="s">
-        <v>3097</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" t="s">
-        <v>3098</v>
+        <v>3105</v>
       </c>
       <c r="B1897">
-        <v>82538</v>
+        <v>83512</v>
       </c>
       <c r="C1897" t="s">
-        <v>3099</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" t="s">
-        <v>3100</v>
+        <v>3107</v>
       </c>
       <c r="B1898">
-        <v>83022</v>
+        <v>83607</v>
       </c>
       <c r="C1898" t="s">
-        <v>3101</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" t="s">
-        <v>3102</v>
+        <v>3109</v>
       </c>
       <c r="B1899">
-        <v>83059</v>
+        <v>83629</v>
       </c>
       <c r="C1899" t="s">
-        <v>3103</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" t="s">
-        <v>3104</v>
+        <v>3111</v>
       </c>
       <c r="B1900">
-        <v>83059</v>
+        <v>83646</v>
       </c>
       <c r="C1900" t="s">
-        <v>3103</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" t="s">
-        <v>3105</v>
+        <v>3113</v>
       </c>
       <c r="B1901">
-        <v>83064</v>
+        <v>83707</v>
       </c>
       <c r="C1901" t="s">
-        <v>3106</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" t="s">
-        <v>3107</v>
+        <v>3115</v>
       </c>
       <c r="B1902">
-        <v>83071</v>
+        <v>84036</v>
       </c>
       <c r="C1902" t="s">
-        <v>3108</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" t="s">
-        <v>2723</v>
+        <v>3117</v>
       </c>
       <c r="B1903">
-        <v>83101</v>
+        <v>84048</v>
       </c>
       <c r="C1903" t="s">
-        <v>3109</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" t="s">
-        <v>3110</v>
+        <v>3119</v>
       </c>
       <c r="B1904">
-        <v>83131</v>
+        <v>84061</v>
       </c>
       <c r="C1904" t="s">
-        <v>3111</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" t="s">
-        <v>3112</v>
+        <v>3121</v>
       </c>
       <c r="B1905">
-        <v>83278</v>
+        <v>84069</v>
       </c>
       <c r="C1905" t="s">
-        <v>3113</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" t="s">
-        <v>3114</v>
+        <v>3123</v>
       </c>
       <c r="B1906">
-        <v>83278</v>
+        <v>84109</v>
       </c>
       <c r="C1906" t="s">
-        <v>3113</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" t="s">
-        <v>3115</v>
+        <v>861</v>
       </c>
       <c r="B1907">
-        <v>83301</v>
+        <v>84130</v>
       </c>
       <c r="C1907" t="s">
-        <v>3116</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" t="s">
-        <v>672</v>
+        <v>3126</v>
       </c>
       <c r="B1908">
-        <v>83324</v>
+        <v>84130</v>
       </c>
       <c r="C1908" t="s">
-        <v>3117</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" t="s">
-        <v>3118</v>
+        <v>3127</v>
       </c>
       <c r="B1909">
-        <v>83329</v>
+        <v>84137</v>
       </c>
       <c r="C1909" t="s">
-        <v>3119</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" t="s">
-        <v>3120</v>
+        <v>3129</v>
       </c>
       <c r="B1910">
-        <v>83339</v>
+        <v>84149</v>
       </c>
       <c r="C1910" t="s">
-        <v>3121</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" t="s">
-        <v>265</v>
+        <v>3131</v>
       </c>
       <c r="B1911">
-        <v>83395</v>
+        <v>84359</v>
       </c>
       <c r="C1911" t="s">
-        <v>3122</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" t="s">
-        <v>3123</v>
+        <v>3133</v>
       </c>
       <c r="B1912">
-        <v>83404</v>
+        <v>84453</v>
       </c>
       <c r="C1912" t="s">
-        <v>3124</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" t="s">
-        <v>3125</v>
+        <v>3135</v>
       </c>
       <c r="B1913">
-        <v>83435</v>
+        <v>84478</v>
       </c>
       <c r="C1913" t="s">
-        <v>3126</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" t="s">
-        <v>3127</v>
+        <v>3137</v>
       </c>
       <c r="B1914">
-        <v>83435</v>
+        <v>84518</v>
       </c>
       <c r="C1914" t="s">
-        <v>3126</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" t="s">
-        <v>3128</v>
+        <v>3139</v>
       </c>
       <c r="B1915">
-        <v>83471</v>
+        <v>84524</v>
       </c>
       <c r="C1915" t="s">
-        <v>3129</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" t="s">
-        <v>3130</v>
+        <v>3141</v>
       </c>
       <c r="B1916">
-        <v>83512</v>
+        <v>84558</v>
       </c>
       <c r="C1916" t="s">
-        <v>3131</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" t="s">
-        <v>3132</v>
+        <v>3143</v>
       </c>
       <c r="B1917">
-        <v>83607</v>
+        <v>85053</v>
       </c>
       <c r="C1917" t="s">
-        <v>3133</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" t="s">
-        <v>3134</v>
+        <v>3145</v>
       </c>
       <c r="B1918">
-        <v>83629</v>
+        <v>85053</v>
       </c>
       <c r="C1918" t="s">
-        <v>3135</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" t="s">
-        <v>3136</v>
+        <v>3146</v>
       </c>
       <c r="B1919">
-        <v>83646</v>
+        <v>85055</v>
       </c>
       <c r="C1919" t="s">
-        <v>3137</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" t="s">
-        <v>3138</v>
+        <v>3147</v>
       </c>
       <c r="B1920">
-        <v>83707</v>
+        <v>85088</v>
       </c>
       <c r="C1920" t="s">
-        <v>3139</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" t="s">
-        <v>3140</v>
+        <v>3149</v>
       </c>
       <c r="B1921">
-        <v>84036</v>
+        <v>85095</v>
       </c>
       <c r="C1921" t="s">
-        <v>3141</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" t="s">
-        <v>3142</v>
+        <v>3150</v>
       </c>
       <c r="B1922">
-        <v>84048</v>
+        <v>85104</v>
       </c>
       <c r="C1922" t="s">
-        <v>3143</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" t="s">
-        <v>3144</v>
+        <v>3152</v>
       </c>
       <c r="B1923">
-        <v>84061</v>
+        <v>85120</v>
       </c>
       <c r="C1923" t="s">
-        <v>3145</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" t="s">
-        <v>3146</v>
+        <v>3154</v>
       </c>
       <c r="B1924">
-        <v>84069</v>
+        <v>85125</v>
       </c>
       <c r="C1924" t="s">
-        <v>3147</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" t="s">
-        <v>3148</v>
+        <v>3156</v>
       </c>
       <c r="B1925">
-        <v>84109</v>
+        <v>85221</v>
       </c>
       <c r="C1925" t="s">
-        <v>3149</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" t="s">
-        <v>867</v>
+        <v>3158</v>
       </c>
       <c r="B1926">
-        <v>84130</v>
+        <v>85235</v>
       </c>
       <c r="C1926" t="s">
-        <v>3150</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" t="s">
-        <v>3151</v>
+        <v>3160</v>
       </c>
       <c r="B1927">
-        <v>84130</v>
+        <v>85276</v>
       </c>
       <c r="C1927" t="s">
-        <v>3150</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" t="s">
         <v>3152</v>
       </c>
       <c r="B1928">
-        <v>84137</v>
+        <v>85301</v>
       </c>
       <c r="C1928" t="s">
-        <v>3153</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" t="s">
-        <v>3154</v>
+        <v>3163</v>
       </c>
       <c r="B1929">
-        <v>84149</v>
+        <v>85356</v>
       </c>
       <c r="C1929" t="s">
-        <v>3155</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" t="s">
-        <v>3156</v>
+        <v>3165</v>
       </c>
       <c r="B1930">
-        <v>84359</v>
+        <v>85368</v>
       </c>
       <c r="C1930" t="s">
-        <v>3157</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" t="s">
-        <v>3158</v>
+        <v>3167</v>
       </c>
       <c r="B1931">
-        <v>84453</v>
+        <v>85368</v>
       </c>
       <c r="C1931" t="s">
-        <v>3159</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" t="s">
-        <v>3160</v>
+        <v>3169</v>
       </c>
       <c r="B1932">
-        <v>84478</v>
+        <v>85375</v>
       </c>
       <c r="C1932" t="s">
-        <v>3161</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" t="s">
-        <v>3162</v>
+        <v>3171</v>
       </c>
       <c r="B1933">
-        <v>84518</v>
+        <v>85386</v>
       </c>
       <c r="C1933" t="s">
-        <v>3163</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" t="s">
-        <v>3164</v>
+        <v>3173</v>
       </c>
       <c r="B1934">
-        <v>84524</v>
+        <v>85386</v>
       </c>
       <c r="C1934" t="s">
-        <v>3165</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" t="s">
-        <v>3166</v>
+        <v>3174</v>
       </c>
       <c r="B1935">
-        <v>84558</v>
+        <v>85391</v>
       </c>
       <c r="C1935" t="s">
-        <v>3167</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" t="s">
-        <v>3168</v>
+        <v>3176</v>
       </c>
       <c r="B1936">
-        <v>85053</v>
+        <v>85435</v>
       </c>
       <c r="C1936" t="s">
-        <v>3169</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" t="s">
-        <v>3170</v>
+        <v>3178</v>
       </c>
       <c r="B1937">
-        <v>85053</v>
+        <v>85521</v>
       </c>
       <c r="C1937" t="s">
-        <v>3169</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" t="s">
-        <v>3171</v>
+        <v>3180</v>
       </c>
       <c r="B1938">
-        <v>85055</v>
+        <v>85540</v>
       </c>
       <c r="C1938" t="s">
-        <v>3169</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" t="s">
-        <v>3172</v>
+        <v>3182</v>
       </c>
       <c r="B1939">
-        <v>85088</v>
+        <v>85567</v>
       </c>
       <c r="C1939" t="s">
-        <v>3173</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" t="s">
-        <v>3174</v>
+        <v>3184</v>
       </c>
       <c r="B1940">
-        <v>85095</v>
+        <v>85570</v>
       </c>
       <c r="C1940" t="s">
-        <v>2847</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" t="s">
-        <v>3175</v>
+        <v>3186</v>
       </c>
       <c r="B1941">
-        <v>85104</v>
+        <v>85591</v>
       </c>
       <c r="C1941" t="s">
-        <v>3176</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" t="s">
-        <v>3177</v>
+        <v>3188</v>
       </c>
       <c r="B1942">
-        <v>85120</v>
+        <v>85635</v>
       </c>
       <c r="C1942" t="s">
-        <v>3178</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" t="s">
-        <v>3179</v>
+        <v>3190</v>
       </c>
       <c r="B1943">
-        <v>85125</v>
+        <v>85748</v>
       </c>
       <c r="C1943" t="s">
-        <v>3180</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" t="s">
-        <v>3181</v>
+        <v>3191</v>
       </c>
       <c r="B1944">
-        <v>85221</v>
+        <v>86156</v>
       </c>
       <c r="C1944" t="s">
-        <v>3182</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" t="s">
-        <v>3183</v>
+        <v>3193</v>
       </c>
       <c r="B1945">
-        <v>85235</v>
+        <v>86161</v>
       </c>
       <c r="C1945" t="s">
-        <v>3184</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" t="s">
-        <v>3185</v>
+        <v>3194</v>
       </c>
       <c r="B1946">
-        <v>85276</v>
+        <v>86161</v>
       </c>
       <c r="C1946" t="s">
-        <v>3186</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" t="s">
-        <v>3177</v>
+        <v>3195</v>
       </c>
       <c r="B1947">
-        <v>85301</v>
+        <v>86161</v>
       </c>
       <c r="C1947" t="s">
-        <v>3187</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" t="s">
-        <v>3188</v>
+        <v>3196</v>
       </c>
       <c r="B1948">
-        <v>85356</v>
+        <v>86165</v>
       </c>
       <c r="C1948" t="s">
-        <v>3189</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" t="s">
-        <v>3190</v>
+        <v>3197</v>
       </c>
       <c r="B1949">
-        <v>85368</v>
+        <v>86167</v>
       </c>
       <c r="C1949" t="s">
-        <v>3191</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B1950">
+        <v>86179</v>
+      </c>
+      <c r="C1950" t="s">
         <v>3192</v>
-      </c>
-[...4 lines deleted...]
-        <v>3193</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" t="s">
-        <v>3194</v>
+        <v>3199</v>
       </c>
       <c r="B1951">
-        <v>85375</v>
+        <v>86199</v>
       </c>
       <c r="C1951" t="s">
-        <v>3195</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" t="s">
-        <v>3196</v>
+        <v>3200</v>
       </c>
       <c r="B1952">
-        <v>85386</v>
+        <v>86316</v>
       </c>
       <c r="C1952" t="s">
-        <v>3197</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" t="s">
-        <v>3198</v>
+        <v>3202</v>
       </c>
       <c r="B1953">
-        <v>85386</v>
+        <v>86368</v>
       </c>
       <c r="C1953" t="s">
-        <v>3197</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" t="s">
-        <v>3199</v>
+        <v>3204</v>
       </c>
       <c r="B1954">
-        <v>85391</v>
+        <v>86381</v>
       </c>
       <c r="C1954" t="s">
-        <v>3200</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" t="s">
-        <v>3201</v>
+        <v>3206</v>
       </c>
       <c r="B1955">
-        <v>85435</v>
+        <v>86399</v>
       </c>
       <c r="C1955" t="s">
-        <v>3202</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" t="s">
-        <v>3203</v>
+        <v>3208</v>
       </c>
       <c r="B1956">
-        <v>85521</v>
+        <v>86415</v>
       </c>
       <c r="C1956" t="s">
-        <v>3204</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" t="s">
-        <v>3205</v>
+        <v>3210</v>
       </c>
       <c r="B1957">
-        <v>85540</v>
+        <v>86453</v>
       </c>
       <c r="C1957" t="s">
-        <v>3206</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" t="s">
-        <v>3207</v>
+        <v>3212</v>
       </c>
       <c r="B1958">
-        <v>85567</v>
+        <v>86462</v>
       </c>
       <c r="C1958" t="s">
-        <v>3208</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" t="s">
-        <v>3209</v>
+        <v>3214</v>
       </c>
       <c r="B1959">
-        <v>85570</v>
+        <v>86477</v>
       </c>
       <c r="C1959" t="s">
-        <v>3210</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" t="s">
-        <v>3211</v>
+        <v>3216</v>
       </c>
       <c r="B1960">
-        <v>85591</v>
+        <v>86633</v>
       </c>
       <c r="C1960" t="s">
-        <v>3212</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" t="s">
-        <v>3213</v>
+        <v>3218</v>
       </c>
       <c r="B1961">
-        <v>85635</v>
+        <v>86653</v>
       </c>
       <c r="C1961" t="s">
-        <v>3214</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" t="s">
-        <v>3215</v>
+        <v>3219</v>
       </c>
       <c r="B1962">
-        <v>85748</v>
+        <v>86807</v>
       </c>
       <c r="C1962" t="s">
-        <v>3163</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" t="s">
-        <v>3216</v>
+        <v>3221</v>
       </c>
       <c r="B1963">
-        <v>86156</v>
+        <v>86807</v>
       </c>
       <c r="C1963" t="s">
-        <v>3217</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
       <c r="B1964">
-        <v>86161</v>
+        <v>86830</v>
       </c>
       <c r="C1964" t="s">
-        <v>3217</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" t="s">
-        <v>3219</v>
+        <v>3224</v>
       </c>
       <c r="B1965">
-        <v>86161</v>
+        <v>86830</v>
       </c>
       <c r="C1965" t="s">
-        <v>3217</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" t="s">
-        <v>3220</v>
+        <v>1901</v>
       </c>
       <c r="B1966">
-        <v>86161</v>
+        <v>86836</v>
       </c>
       <c r="C1966" t="s">
-        <v>3217</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" t="s">
-        <v>3221</v>
+        <v>3226</v>
       </c>
       <c r="B1967">
-        <v>86165</v>
+        <v>86899</v>
       </c>
       <c r="C1967" t="s">
-        <v>3217</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" t="s">
-        <v>3222</v>
+        <v>3228</v>
       </c>
       <c r="B1968">
-        <v>86167</v>
+        <v>86911</v>
       </c>
       <c r="C1968" t="s">
-        <v>3217</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" t="s">
-        <v>3223</v>
+        <v>3230</v>
       </c>
       <c r="B1969">
-        <v>86179</v>
+        <v>86919</v>
       </c>
       <c r="C1969" t="s">
-        <v>3217</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" t="s">
-        <v>3224</v>
+        <v>3232</v>
       </c>
       <c r="B1970">
-        <v>86199</v>
+        <v>86971</v>
       </c>
       <c r="C1970" t="s">
-        <v>3217</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" t="s">
-        <v>3225</v>
+        <v>3234</v>
       </c>
       <c r="B1971">
-        <v>86316</v>
+        <v>87435</v>
       </c>
       <c r="C1971" t="s">
-        <v>3226</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" t="s">
-        <v>3227</v>
+        <v>3236</v>
       </c>
       <c r="B1972">
-        <v>86368</v>
+        <v>87437</v>
       </c>
       <c r="C1972" t="s">
-        <v>3228</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" t="s">
-        <v>3229</v>
+        <v>3237</v>
       </c>
       <c r="B1973">
-        <v>86381</v>
+        <v>87452</v>
       </c>
       <c r="C1973" t="s">
-        <v>3230</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" t="s">
-        <v>3231</v>
+        <v>3239</v>
       </c>
       <c r="B1974">
-        <v>86399</v>
+        <v>87463</v>
       </c>
       <c r="C1974" t="s">
-        <v>3232</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" t="s">
-        <v>3233</v>
+        <v>3241</v>
       </c>
       <c r="B1975">
-        <v>86415</v>
+        <v>87527</v>
       </c>
       <c r="C1975" t="s">
-        <v>3234</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" t="s">
-        <v>3235</v>
+        <v>3243</v>
       </c>
       <c r="B1976">
-        <v>86453</v>
+        <v>87600</v>
       </c>
       <c r="C1976" t="s">
-        <v>3236</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" t="s">
-        <v>3237</v>
+        <v>3245</v>
       </c>
       <c r="B1977">
-        <v>86462</v>
+        <v>87616</v>
       </c>
       <c r="C1977" t="s">
-        <v>3238</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" t="s">
-        <v>3239</v>
+        <v>3247</v>
       </c>
       <c r="B1978">
-        <v>86477</v>
+        <v>87634</v>
       </c>
       <c r="C1978" t="s">
-        <v>3240</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" t="s">
-        <v>3241</v>
+        <v>3249</v>
       </c>
       <c r="B1979">
-        <v>86633</v>
+        <v>87645</v>
       </c>
       <c r="C1979" t="s">
-        <v>3242</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" t="s">
-        <v>3243</v>
+        <v>3251</v>
       </c>
       <c r="B1980">
-        <v>86653</v>
+        <v>87700</v>
       </c>
       <c r="C1980" t="s">
-        <v>1410</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" t="s">
-        <v>3244</v>
+        <v>3253</v>
       </c>
       <c r="B1981">
-        <v>86807</v>
+        <v>87700</v>
       </c>
       <c r="C1981" t="s">
-        <v>3245</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" t="s">
-        <v>3246</v>
+        <v>3254</v>
       </c>
       <c r="B1982">
-        <v>86807</v>
+        <v>87700</v>
       </c>
       <c r="C1982" t="s">
-        <v>3245</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" t="s">
-        <v>3247</v>
+        <v>3255</v>
       </c>
       <c r="B1983">
-        <v>86830</v>
+        <v>87719</v>
       </c>
       <c r="C1983" t="s">
-        <v>3248</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" t="s">
-        <v>3249</v>
+        <v>3257</v>
       </c>
       <c r="B1984">
-        <v>86830</v>
+        <v>87730</v>
       </c>
       <c r="C1984" t="s">
-        <v>3248</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" t="s">
-        <v>1917</v>
+        <v>3259</v>
       </c>
       <c r="B1985">
-        <v>86836</v>
+        <v>87772</v>
       </c>
       <c r="C1985" t="s">
-        <v>3250</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" t="s">
-        <v>3251</v>
+        <v>3261</v>
       </c>
       <c r="B1986">
-        <v>86899</v>
+        <v>88069</v>
       </c>
       <c r="C1986" t="s">
-        <v>3252</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" t="s">
-        <v>3253</v>
+        <v>3263</v>
       </c>
       <c r="B1987">
-        <v>86911</v>
+        <v>88079</v>
       </c>
       <c r="C1987" t="s">
-        <v>3254</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" t="s">
-        <v>3255</v>
+        <v>3265</v>
       </c>
       <c r="B1988">
-        <v>86919</v>
+        <v>88131</v>
       </c>
       <c r="C1988" t="s">
-        <v>3256</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" t="s">
-        <v>3257</v>
+        <v>3267</v>
       </c>
       <c r="B1989">
-        <v>86971</v>
+        <v>88161</v>
       </c>
       <c r="C1989" t="s">
-        <v>3258</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" t="s">
-        <v>3259</v>
+        <v>1106</v>
       </c>
       <c r="B1990">
-        <v>87435</v>
+        <v>88175</v>
       </c>
       <c r="C1990" t="s">
-        <v>3260</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" t="s">
-        <v>3261</v>
+        <v>3270</v>
       </c>
       <c r="B1991">
-        <v>87437</v>
+        <v>88214</v>
       </c>
       <c r="C1991" t="s">
-        <v>3260</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" t="s">
-        <v>3262</v>
+        <v>3272</v>
       </c>
       <c r="B1992">
-        <v>87452</v>
+        <v>88250</v>
       </c>
       <c r="C1992" t="s">
-        <v>3263</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" t="s">
-        <v>3264</v>
+        <v>3274</v>
       </c>
       <c r="B1993">
-        <v>87463</v>
+        <v>88316</v>
       </c>
       <c r="C1993" t="s">
-        <v>3265</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" t="s">
-        <v>3266</v>
+        <v>3276</v>
       </c>
       <c r="B1994">
-        <v>87527</v>
+        <v>88339</v>
       </c>
       <c r="C1994" t="s">
-        <v>3267</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" t="s">
-        <v>3268</v>
+        <v>3278</v>
       </c>
       <c r="B1995">
-        <v>87600</v>
+        <v>88348</v>
       </c>
       <c r="C1995" t="s">
-        <v>3269</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" t="s">
-        <v>3270</v>
+        <v>3280</v>
       </c>
       <c r="B1996">
-        <v>87616</v>
+        <v>88400</v>
       </c>
       <c r="C1996" t="s">
-        <v>3271</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" t="s">
-        <v>3272</v>
+        <v>3281</v>
       </c>
       <c r="B1997">
-        <v>87634</v>
+        <v>88410</v>
       </c>
       <c r="C1997" t="s">
-        <v>3273</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" t="s">
-        <v>3274</v>
+        <v>3283</v>
       </c>
       <c r="B1998">
-        <v>87645</v>
+        <v>88422</v>
       </c>
       <c r="C1998" t="s">
-        <v>3275</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" t="s">
-        <v>3276</v>
+        <v>3285</v>
       </c>
       <c r="B1999">
-        <v>87700</v>
+        <v>88427</v>
       </c>
       <c r="C1999" t="s">
-        <v>3277</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" t="s">
-        <v>3278</v>
+        <v>633</v>
       </c>
       <c r="B2000">
-        <v>87700</v>
+        <v>88451</v>
       </c>
       <c r="C2000" t="s">
-        <v>3277</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" t="s">
-        <v>3279</v>
+        <v>3288</v>
       </c>
       <c r="B2001">
-        <v>87700</v>
+        <v>88471</v>
       </c>
       <c r="C2001" t="s">
-        <v>3277</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" t="s">
-        <v>3280</v>
+        <v>3290</v>
       </c>
       <c r="B2002">
-        <v>87719</v>
+        <v>88499</v>
       </c>
       <c r="C2002" t="s">
-        <v>3281</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" t="s">
-        <v>3282</v>
+        <v>3292</v>
       </c>
       <c r="B2003">
-        <v>87730</v>
+        <v>88512</v>
       </c>
       <c r="C2003" t="s">
-        <v>3283</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" t="s">
-        <v>3284</v>
+        <v>3294</v>
       </c>
       <c r="B2004">
-        <v>87772</v>
+        <v>88630</v>
       </c>
       <c r="C2004" t="s">
-        <v>3285</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" t="s">
-        <v>3286</v>
+        <v>3296</v>
       </c>
       <c r="B2005">
-        <v>88069</v>
+        <v>88662</v>
       </c>
       <c r="C2005" t="s">
-        <v>3287</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" t="s">
-        <v>3288</v>
+        <v>3298</v>
       </c>
       <c r="B2006">
-        <v>88079</v>
+        <v>89073</v>
       </c>
       <c r="C2006" t="s">
-        <v>3289</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" t="s">
-        <v>3290</v>
+        <v>3300</v>
       </c>
       <c r="B2007">
-        <v>88131</v>
+        <v>89077</v>
       </c>
       <c r="C2007" t="s">
-        <v>3291</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" t="s">
-        <v>3292</v>
+        <v>3301</v>
       </c>
       <c r="B2008">
-        <v>88161</v>
+        <v>89079</v>
       </c>
       <c r="C2008" t="s">
-        <v>3293</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" t="s">
-        <v>1112</v>
+        <v>3302</v>
       </c>
       <c r="B2009">
-        <v>88175</v>
+        <v>89081</v>
       </c>
       <c r="C2009" t="s">
-        <v>3294</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" t="s">
-        <v>3295</v>
+        <v>3303</v>
       </c>
       <c r="B2010">
-        <v>88214</v>
+        <v>89165</v>
       </c>
       <c r="C2010" t="s">
-        <v>3296</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" t="s">
-        <v>3297</v>
+        <v>3305</v>
       </c>
       <c r="B2011">
-        <v>88250</v>
+        <v>89188</v>
       </c>
       <c r="C2011" t="s">
-        <v>3298</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" t="s">
-        <v>3299</v>
+        <v>3307</v>
       </c>
       <c r="B2012">
-        <v>88316</v>
+        <v>89231</v>
       </c>
       <c r="C2012" t="s">
-        <v>3300</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" t="s">
-        <v>3301</v>
+        <v>3309</v>
       </c>
       <c r="B2013">
-        <v>88339</v>
+        <v>89233</v>
       </c>
       <c r="C2013" t="s">
-        <v>3302</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" t="s">
-        <v>3303</v>
+        <v>3310</v>
       </c>
       <c r="B2014">
-        <v>88348</v>
+        <v>89264</v>
       </c>
       <c r="C2014" t="s">
-        <v>3304</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" t="s">
-        <v>3305</v>
+        <v>3312</v>
       </c>
       <c r="B2015">
-        <v>88400</v>
+        <v>89264</v>
       </c>
       <c r="C2015" t="s">
-        <v>2972</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" t="s">
-        <v>3306</v>
+        <v>3313</v>
       </c>
       <c r="B2016">
-        <v>88410</v>
+        <v>89284</v>
       </c>
       <c r="C2016" t="s">
-        <v>3307</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" t="s">
-        <v>3308</v>
+        <v>3314</v>
       </c>
       <c r="B2017">
-        <v>88422</v>
+        <v>89312</v>
       </c>
       <c r="C2017" t="s">
-        <v>3309</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" t="s">
         <v>3310</v>
       </c>
       <c r="B2018">
-        <v>88427</v>
+        <v>89340</v>
       </c>
       <c r="C2018" t="s">
-        <v>3311</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" t="s">
-        <v>636</v>
+        <v>3317</v>
       </c>
       <c r="B2019">
-        <v>88451</v>
+        <v>89343</v>
       </c>
       <c r="C2019" t="s">
-        <v>3312</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" t="s">
-        <v>3313</v>
+        <v>3319</v>
       </c>
       <c r="B2020">
-        <v>88471</v>
+        <v>89362</v>
       </c>
       <c r="C2020" t="s">
-        <v>3314</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" t="s">
-        <v>3315</v>
+        <v>3321</v>
       </c>
       <c r="B2021">
-        <v>88499</v>
+        <v>89415</v>
       </c>
       <c r="C2021" t="s">
-        <v>3316</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" t="s">
-        <v>3317</v>
+        <v>3323</v>
       </c>
       <c r="B2022">
-        <v>88512</v>
+        <v>89520</v>
       </c>
       <c r="C2022" t="s">
-        <v>3318</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" t="s">
-        <v>3319</v>
+        <v>3325</v>
       </c>
       <c r="B2023">
-        <v>88630</v>
+        <v>89542</v>
       </c>
       <c r="C2023" t="s">
-        <v>3320</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" t="s">
-        <v>3321</v>
+        <v>3327</v>
       </c>
       <c r="B2024">
-        <v>88662</v>
+        <v>89568</v>
       </c>
       <c r="C2024" t="s">
-        <v>3322</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" t="s">
-        <v>3323</v>
+        <v>3329</v>
       </c>
       <c r="B2025">
-        <v>89073</v>
+        <v>89601</v>
       </c>
       <c r="C2025" t="s">
-        <v>3324</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" t="s">
-        <v>3325</v>
+        <v>3331</v>
       </c>
       <c r="B2026">
-        <v>89077</v>
+        <v>90411</v>
       </c>
       <c r="C2026" t="s">
-        <v>3324</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" t="s">
-        <v>3326</v>
+        <v>3333</v>
       </c>
       <c r="B2027">
-        <v>89079</v>
+        <v>90425</v>
       </c>
       <c r="C2027" t="s">
-        <v>3324</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" t="s">
-        <v>3327</v>
+        <v>3334</v>
       </c>
       <c r="B2028">
-        <v>89081</v>
+        <v>90441</v>
       </c>
       <c r="C2028" t="s">
-        <v>3324</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" t="s">
-        <v>3328</v>
+        <v>3335</v>
       </c>
       <c r="B2029">
-        <v>89165</v>
+        <v>90471</v>
       </c>
       <c r="C2029" t="s">
-        <v>3329</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" t="s">
-        <v>3330</v>
+        <v>3336</v>
       </c>
       <c r="B2030">
-        <v>89188</v>
+        <v>90471</v>
       </c>
       <c r="C2030" t="s">
-        <v>3331</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B2031">
+        <v>90473</v>
+      </c>
+      <c r="C2031" t="s">
         <v>3332</v>
-      </c>
-[...4 lines deleted...]
-        <v>3333</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" t="s">
-        <v>3334</v>
+        <v>3338</v>
       </c>
       <c r="B2032">
-        <v>89233</v>
+        <v>90491</v>
       </c>
       <c r="C2032" t="s">
-        <v>3333</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" t="s">
-        <v>3335</v>
+        <v>3339</v>
       </c>
       <c r="B2033">
-        <v>89264</v>
+        <v>90518</v>
       </c>
       <c r="C2033" t="s">
-        <v>3336</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" t="s">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="B2034">
-        <v>89264</v>
+        <v>90518</v>
       </c>
       <c r="C2034" t="s">
-        <v>3336</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" t="s">
-        <v>3338</v>
+        <v>3342</v>
       </c>
       <c r="B2035">
-        <v>89284</v>
+        <v>90542</v>
       </c>
       <c r="C2035" t="s">
-        <v>3186</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" t="s">
-        <v>3339</v>
+        <v>3344</v>
       </c>
       <c r="B2036">
-        <v>89312</v>
+        <v>90571</v>
       </c>
       <c r="C2036" t="s">
-        <v>3340</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" t="s">
-        <v>3335</v>
+        <v>3346</v>
       </c>
       <c r="B2037">
-        <v>89340</v>
+        <v>90762</v>
       </c>
       <c r="C2037" t="s">
-        <v>3341</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" t="s">
-        <v>3342</v>
+        <v>3348</v>
       </c>
       <c r="B2038">
-        <v>89343</v>
+        <v>90762</v>
       </c>
       <c r="C2038" t="s">
-        <v>3343</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" t="s">
-        <v>3344</v>
+        <v>3349</v>
       </c>
       <c r="B2039">
-        <v>89362</v>
+        <v>90763</v>
       </c>
       <c r="C2039" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" t="s">
-        <v>3346</v>
+        <v>3350</v>
       </c>
       <c r="B2040">
-        <v>89415</v>
+        <v>90765</v>
       </c>
       <c r="C2040" t="s">
         <v>3347</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" t="s">
-        <v>3348</v>
+        <v>3351</v>
       </c>
       <c r="B2041">
-        <v>89520</v>
+        <v>91052</v>
       </c>
       <c r="C2041" t="s">
-        <v>3349</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" t="s">
-        <v>3350</v>
+        <v>1476</v>
       </c>
       <c r="B2042">
-        <v>89542</v>
+        <v>91056</v>
       </c>
       <c r="C2042" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" t="s">
+        <v>3353</v>
+      </c>
+      <c r="B2043">
+        <v>91056</v>
+      </c>
+      <c r="C2043" t="s">
         <v>3352</v>
-      </c>
-[...4 lines deleted...]
-        <v>3353</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" t="s">
         <v>3354</v>
       </c>
       <c r="B2044">
-        <v>89601</v>
+        <v>91056</v>
       </c>
       <c r="C2044" t="s">
-        <v>3355</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" t="s">
-        <v>3356</v>
+        <v>3355</v>
       </c>
       <c r="B2045">
-        <v>90411</v>
+        <v>91058</v>
       </c>
       <c r="C2045" t="s">
-        <v>3357</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" t="s">
-        <v>3358</v>
+        <v>3356</v>
       </c>
       <c r="B2046">
-        <v>90425</v>
+        <v>91074</v>
       </c>
       <c r="C2046" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" t="s">
+        <v>3358</v>
+      </c>
+      <c r="B2047">
+        <v>91077</v>
+      </c>
+      <c r="C2047" t="s">
         <v>3359</v>
-      </c>
-[...4 lines deleted...]
-        <v>3357</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" t="s">
         <v>3360</v>
       </c>
       <c r="B2048">
-        <v>90471</v>
+        <v>91080</v>
       </c>
       <c r="C2048" t="s">
-        <v>3357</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" t="s">
-        <v>3361</v>
+        <v>883</v>
       </c>
       <c r="B2049">
-        <v>90471</v>
+        <v>91126</v>
       </c>
       <c r="C2049" t="s">
-        <v>3357</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" t="s">
-        <v>3362</v>
+        <v>3363</v>
       </c>
       <c r="B2050">
-        <v>90473</v>
+        <v>91154</v>
       </c>
       <c r="C2050" t="s">
-        <v>3357</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" t="s">
-        <v>3363</v>
+        <v>440</v>
       </c>
       <c r="B2051">
-        <v>90491</v>
+        <v>91187</v>
       </c>
       <c r="C2051" t="s">
-        <v>3357</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" t="s">
-        <v>3364</v>
+        <v>3366</v>
       </c>
       <c r="B2052">
-        <v>90518</v>
+        <v>91220</v>
       </c>
       <c r="C2052" t="s">
-        <v>3365</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" t="s">
-        <v>3366</v>
+        <v>3368</v>
       </c>
       <c r="B2053">
-        <v>90518</v>
+        <v>91257</v>
       </c>
       <c r="C2053" t="s">
-        <v>3365</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" t="s">
-        <v>3367</v>
+        <v>3370</v>
       </c>
       <c r="B2054">
-        <v>90542</v>
+        <v>91301</v>
       </c>
       <c r="C2054" t="s">
-        <v>3368</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" t="s">
-        <v>3369</v>
+        <v>3372</v>
       </c>
       <c r="B2055">
-        <v>90571</v>
+        <v>91301</v>
       </c>
       <c r="C2055" t="s">
-        <v>3370</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B2056">
+        <v>91301</v>
+      </c>
+      <c r="C2056" t="s">
         <v>3371</v>
-      </c>
-[...4 lines deleted...]
-        <v>3372</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" t="s">
-        <v>3373</v>
+        <v>3374</v>
       </c>
       <c r="B2057">
-        <v>90762</v>
+        <v>91315</v>
       </c>
       <c r="C2057" t="s">
-        <v>3372</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
       <c r="B2058">
-        <v>90763</v>
+        <v>91320</v>
       </c>
       <c r="C2058" t="s">
-        <v>3372</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" t="s">
-        <v>3375</v>
+        <v>3378</v>
       </c>
       <c r="B2059">
-        <v>90765</v>
+        <v>91325</v>
       </c>
       <c r="C2059" t="s">
-        <v>3372</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" t="s">
-        <v>3376</v>
+        <v>3380</v>
       </c>
       <c r="B2060">
-        <v>91052</v>
+        <v>91350</v>
       </c>
       <c r="C2060" t="s">
-        <v>3377</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" t="s">
-        <v>1486</v>
+        <v>3382</v>
       </c>
       <c r="B2061">
-        <v>91056</v>
+        <v>91413</v>
       </c>
       <c r="C2061" t="s">
-        <v>3377</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" t="s">
-        <v>3378</v>
+        <v>3384</v>
       </c>
       <c r="B2062">
-        <v>91056</v>
+        <v>91522</v>
       </c>
       <c r="C2062" t="s">
-        <v>3377</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" t="s">
-        <v>3379</v>
+        <v>3386</v>
       </c>
       <c r="B2063">
-        <v>91056</v>
+        <v>91541</v>
       </c>
       <c r="C2063" t="s">
-        <v>3377</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" t="s">
-        <v>3380</v>
+        <v>3388</v>
       </c>
       <c r="B2064">
-        <v>91058</v>
+        <v>91560</v>
       </c>
       <c r="C2064" t="s">
-        <v>3377</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" t="s">
-        <v>3381</v>
+        <v>3390</v>
       </c>
       <c r="B2065">
-        <v>91074</v>
+        <v>91567</v>
       </c>
       <c r="C2065" t="s">
-        <v>3382</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" t="s">
-        <v>3383</v>
+        <v>3392</v>
       </c>
       <c r="B2066">
-        <v>91077</v>
+        <v>91586</v>
       </c>
       <c r="C2066" t="s">
-        <v>3384</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" t="s">
-        <v>3385</v>
+        <v>633</v>
       </c>
       <c r="B2067">
-        <v>91080</v>
+        <v>91620</v>
       </c>
       <c r="C2067" t="s">
-        <v>3386</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" t="s">
-        <v>889</v>
+        <v>3395</v>
       </c>
       <c r="B2068">
-        <v>91126</v>
+        <v>91628</v>
       </c>
       <c r="C2068" t="s">
-        <v>3387</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" t="s">
-        <v>3388</v>
+        <v>3397</v>
       </c>
       <c r="B2069">
-        <v>91154</v>
+        <v>91732</v>
       </c>
       <c r="C2069" t="s">
-        <v>3389</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" t="s">
-        <v>441</v>
+        <v>3399</v>
       </c>
       <c r="B2070">
-        <v>91187</v>
+        <v>91781</v>
       </c>
       <c r="C2070" t="s">
-        <v>3390</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" t="s">
-        <v>3391</v>
+        <v>3401</v>
       </c>
       <c r="B2071">
-        <v>91220</v>
+        <v>92224</v>
       </c>
       <c r="C2071" t="s">
-        <v>3392</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" t="s">
-        <v>3393</v>
+        <v>3403</v>
       </c>
       <c r="B2072">
-        <v>91257</v>
+        <v>92224</v>
       </c>
       <c r="C2072" t="s">
-        <v>3394</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" t="s">
-        <v>3395</v>
+        <v>2557</v>
       </c>
       <c r="B2073">
-        <v>91301</v>
+        <v>92278</v>
       </c>
       <c r="C2073" t="s">
-        <v>3396</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" t="s">
-        <v>3397</v>
+        <v>3405</v>
       </c>
       <c r="B2074">
-        <v>91301</v>
+        <v>92318</v>
       </c>
       <c r="C2074" t="s">
-        <v>3396</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" t="s">
-        <v>3398</v>
+        <v>780</v>
       </c>
       <c r="B2075">
-        <v>91301</v>
+        <v>92345</v>
       </c>
       <c r="C2075" t="s">
-        <v>3396</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" t="s">
-        <v>3399</v>
+        <v>3408</v>
       </c>
       <c r="B2076">
-        <v>91315</v>
+        <v>92521</v>
       </c>
       <c r="C2076" t="s">
-        <v>3400</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" t="s">
-        <v>3401</v>
+        <v>3410</v>
       </c>
       <c r="B2077">
-        <v>91320</v>
+        <v>92681</v>
       </c>
       <c r="C2077" t="s">
-        <v>3402</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" t="s">
-        <v>3403</v>
+        <v>3243</v>
       </c>
       <c r="B2078">
-        <v>91325</v>
+        <v>93051</v>
       </c>
       <c r="C2078" t="s">
-        <v>3404</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" t="s">
-        <v>3405</v>
+        <v>3413</v>
       </c>
       <c r="B2079">
-        <v>91350</v>
+        <v>93051</v>
       </c>
       <c r="C2079" t="s">
-        <v>3406</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" t="s">
-        <v>3407</v>
+        <v>3414</v>
       </c>
       <c r="B2080">
-        <v>91413</v>
+        <v>93055</v>
       </c>
       <c r="C2080" t="s">
-        <v>3408</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" t="s">
-        <v>3409</v>
+        <v>3415</v>
       </c>
       <c r="B2081">
-        <v>91522</v>
+        <v>93073</v>
       </c>
       <c r="C2081" t="s">
-        <v>3410</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" t="s">
-        <v>3411</v>
+        <v>3417</v>
       </c>
       <c r="B2082">
-        <v>91541</v>
+        <v>93086</v>
       </c>
       <c r="C2082" t="s">
-        <v>3412</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" t="s">
-        <v>3413</v>
+        <v>3419</v>
       </c>
       <c r="B2083">
-        <v>91560</v>
+        <v>93426</v>
       </c>
       <c r="C2083" t="s">
-        <v>3414</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" t="s">
-        <v>3415</v>
+        <v>3421</v>
       </c>
       <c r="B2084">
-        <v>91567</v>
+        <v>93426</v>
       </c>
       <c r="C2084" t="s">
-        <v>3416</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" t="s">
-        <v>3417</v>
+        <v>3422</v>
       </c>
       <c r="B2085">
-        <v>91586</v>
+        <v>93444</v>
       </c>
       <c r="C2085" t="s">
-        <v>3418</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" t="s">
-        <v>636</v>
+        <v>3424</v>
       </c>
       <c r="B2086">
-        <v>91620</v>
+        <v>93474</v>
       </c>
       <c r="C2086" t="s">
-        <v>3419</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" t="s">
-        <v>3420</v>
+        <v>3426</v>
       </c>
       <c r="B2087">
-        <v>91628</v>
+        <v>94036</v>
       </c>
       <c r="C2087" t="s">
-        <v>3421</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" t="s">
-        <v>3422</v>
+        <v>3428</v>
       </c>
       <c r="B2088">
-        <v>91732</v>
+        <v>94036</v>
       </c>
       <c r="C2088" t="s">
-        <v>3423</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" t="s">
-        <v>3424</v>
+        <v>3429</v>
       </c>
       <c r="B2089">
-        <v>91781</v>
+        <v>94051</v>
       </c>
       <c r="C2089" t="s">
-        <v>3425</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" t="s">
-        <v>3426</v>
+        <v>3431</v>
       </c>
       <c r="B2090">
-        <v>92224</v>
+        <v>94081</v>
       </c>
       <c r="C2090" t="s">
-        <v>3427</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" t="s">
-        <v>3428</v>
+        <v>3433</v>
       </c>
       <c r="B2091">
-        <v>92224</v>
+        <v>94113</v>
       </c>
       <c r="C2091" t="s">
-        <v>3427</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" t="s">
-        <v>2579</v>
+        <v>3435</v>
       </c>
       <c r="B2092">
-        <v>92278</v>
+        <v>94121</v>
       </c>
       <c r="C2092" t="s">
-        <v>3429</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" t="s">
-        <v>3430</v>
+        <v>3437</v>
       </c>
       <c r="B2093">
-        <v>92318</v>
+        <v>94209</v>
       </c>
       <c r="C2093" t="s">
-        <v>3431</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" t="s">
-        <v>784</v>
+        <v>3439</v>
       </c>
       <c r="B2094">
-        <v>92345</v>
+        <v>94227</v>
       </c>
       <c r="C2094" t="s">
-        <v>3432</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" t="s">
-        <v>3433</v>
+        <v>3441</v>
       </c>
       <c r="B2095">
-        <v>92521</v>
+        <v>94315</v>
       </c>
       <c r="C2095" t="s">
-        <v>3434</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" t="s">
-        <v>3435</v>
+        <v>3443</v>
       </c>
       <c r="B2096">
-        <v>92533</v>
+        <v>94356</v>
       </c>
       <c r="C2096" t="s">
-        <v>3436</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" t="s">
-        <v>3437</v>
+        <v>3445</v>
       </c>
       <c r="B2097">
-        <v>92681</v>
+        <v>94559</v>
       </c>
       <c r="C2097" t="s">
-        <v>3438</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" t="s">
-        <v>3439</v>
+        <v>3447</v>
       </c>
       <c r="B2098">
-        <v>93049</v>
+        <v>95028</v>
       </c>
       <c r="C2098" t="s">
-        <v>3440</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" t="s">
-        <v>3268</v>
+        <v>3448</v>
       </c>
       <c r="B2099">
-        <v>93051</v>
+        <v>95213</v>
       </c>
       <c r="C2099" t="s">
-        <v>3440</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" t="s">
-        <v>3441</v>
+        <v>3450</v>
       </c>
       <c r="B2100">
-        <v>93051</v>
+        <v>95448</v>
       </c>
       <c r="C2100" t="s">
-        <v>3440</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" t="s">
-        <v>3442</v>
+        <v>3452</v>
       </c>
       <c r="B2101">
-        <v>93055</v>
+        <v>95460</v>
       </c>
       <c r="C2101" t="s">
-        <v>3440</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" t="s">
-        <v>3443</v>
+        <v>3454</v>
       </c>
       <c r="B2102">
-        <v>93073</v>
+        <v>95482</v>
       </c>
       <c r="C2102" t="s">
-        <v>3444</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" t="s">
-        <v>3445</v>
+        <v>3456</v>
       </c>
       <c r="B2103">
-        <v>93086</v>
+        <v>95502</v>
       </c>
       <c r="C2103" t="s">
-        <v>3446</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" t="s">
-        <v>3447</v>
+        <v>883</v>
       </c>
       <c r="B2104">
-        <v>93426</v>
+        <v>95512</v>
       </c>
       <c r="C2104" t="s">
-        <v>3448</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" t="s">
-        <v>3449</v>
+        <v>3459</v>
       </c>
       <c r="B2105">
-        <v>93426</v>
+        <v>95666</v>
       </c>
       <c r="C2105" t="s">
-        <v>3448</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" t="s">
-        <v>3450</v>
+        <v>3461</v>
       </c>
       <c r="B2106">
-        <v>93444</v>
+        <v>95709</v>
       </c>
       <c r="C2106" t="s">
-        <v>3451</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" t="s">
-        <v>3452</v>
+        <v>3463</v>
       </c>
       <c r="B2107">
-        <v>93474</v>
+        <v>96050</v>
       </c>
       <c r="C2107" t="s">
-        <v>3453</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" t="s">
-        <v>3454</v>
+        <v>3465</v>
       </c>
       <c r="B2108">
-        <v>94036</v>
+        <v>96052</v>
       </c>
       <c r="C2108" t="s">
-        <v>3455</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" t="s">
-        <v>3456</v>
+        <v>3466</v>
       </c>
       <c r="B2109">
-        <v>94036</v>
+        <v>96052</v>
       </c>
       <c r="C2109" t="s">
-        <v>3455</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" t="s">
-        <v>3457</v>
+        <v>3467</v>
       </c>
       <c r="B2110">
-        <v>94051</v>
+        <v>96052</v>
       </c>
       <c r="C2110" t="s">
-        <v>3458</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" t="s">
-        <v>3459</v>
+        <v>3468</v>
       </c>
       <c r="B2111">
-        <v>94081</v>
+        <v>96106</v>
       </c>
       <c r="C2111" t="s">
-        <v>3460</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" t="s">
-        <v>3461</v>
+        <v>3470</v>
       </c>
       <c r="B2112">
-        <v>94113</v>
+        <v>96132</v>
       </c>
       <c r="C2112" t="s">
-        <v>3462</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" t="s">
-        <v>3463</v>
+        <v>3472</v>
       </c>
       <c r="B2113">
-        <v>94121</v>
+        <v>96215</v>
       </c>
       <c r="C2113" t="s">
-        <v>3464</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" t="s">
-        <v>3465</v>
+        <v>3474</v>
       </c>
       <c r="B2114">
-        <v>94209</v>
+        <v>96231</v>
       </c>
       <c r="C2114" t="s">
-        <v>3466</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" t="s">
-        <v>3467</v>
+        <v>3476</v>
       </c>
       <c r="B2115">
-        <v>94227</v>
+        <v>96264</v>
       </c>
       <c r="C2115" t="s">
-        <v>3468</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" t="s">
-        <v>3469</v>
+        <v>3478</v>
       </c>
       <c r="B2116">
-        <v>94315</v>
+        <v>96268</v>
       </c>
       <c r="C2116" t="s">
-        <v>3470</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" t="s">
-        <v>3471</v>
+        <v>3480</v>
       </c>
       <c r="B2117">
-        <v>94356</v>
+        <v>96271</v>
       </c>
       <c r="C2117" t="s">
-        <v>3472</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" t="s">
-        <v>3473</v>
+        <v>3482</v>
       </c>
       <c r="B2118">
-        <v>94559</v>
+        <v>96328</v>
       </c>
       <c r="C2118" t="s">
-        <v>3474</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" t="s">
-        <v>3475</v>
+        <v>3484</v>
       </c>
       <c r="B2119">
-        <v>95028</v>
+        <v>96328</v>
       </c>
       <c r="C2119" t="s">
-        <v>2101</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" t="s">
-        <v>3476</v>
+        <v>3485</v>
       </c>
       <c r="B2120">
-        <v>95213</v>
+        <v>96450</v>
       </c>
       <c r="C2120" t="s">
-        <v>3477</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" t="s">
-        <v>3478</v>
+        <v>3487</v>
       </c>
       <c r="B2121">
-        <v>95448</v>
+        <v>96450</v>
       </c>
       <c r="C2121" t="s">
-        <v>3479</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" t="s">
-        <v>3480</v>
+        <v>3488</v>
       </c>
       <c r="B2122">
-        <v>95460</v>
+        <v>96515</v>
       </c>
       <c r="C2122" t="s">
-        <v>3481</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" t="s">
-        <v>3482</v>
+        <v>3490</v>
       </c>
       <c r="B2123">
-        <v>95482</v>
+        <v>97080</v>
       </c>
       <c r="C2123" t="s">
-        <v>3483</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" t="s">
-        <v>3484</v>
+        <v>3492</v>
       </c>
       <c r="B2124">
-        <v>95502</v>
+        <v>97082</v>
       </c>
       <c r="C2124" t="s">
-        <v>3485</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" t="s">
-        <v>889</v>
+        <v>1476</v>
       </c>
       <c r="B2125">
-        <v>95512</v>
+        <v>97084</v>
       </c>
       <c r="C2125" t="s">
-        <v>3486</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" t="s">
-        <v>3487</v>
+        <v>3494</v>
       </c>
       <c r="B2126">
-        <v>95666</v>
+        <v>97084</v>
       </c>
       <c r="C2126" t="s">
-        <v>3488</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" t="s">
-        <v>3489</v>
+        <v>3495</v>
       </c>
       <c r="B2127">
-        <v>95709</v>
+        <v>97084</v>
       </c>
       <c r="C2127" t="s">
-        <v>3490</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" t="s">
-        <v>3491</v>
+        <v>3496</v>
       </c>
       <c r="B2128">
-        <v>96050</v>
+        <v>97215</v>
       </c>
       <c r="C2128" t="s">
-        <v>3492</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" t="s">
-        <v>3493</v>
+        <v>3498</v>
       </c>
       <c r="B2129">
-        <v>96052</v>
+        <v>97241</v>
       </c>
       <c r="C2129" t="s">
-        <v>3492</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" t="s">
-        <v>3494</v>
+        <v>633</v>
       </c>
       <c r="B2130">
-        <v>96052</v>
+        <v>97262</v>
       </c>
       <c r="C2130" t="s">
-        <v>3492</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" t="s">
-        <v>3495</v>
+        <v>3501</v>
       </c>
       <c r="B2131">
-        <v>96052</v>
+        <v>97332</v>
       </c>
       <c r="C2131" t="s">
-        <v>3492</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" t="s">
-        <v>3496</v>
+        <v>3503</v>
       </c>
       <c r="B2132">
-        <v>96106</v>
+        <v>97337</v>
       </c>
       <c r="C2132" t="s">
-        <v>3497</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" t="s">
-        <v>3498</v>
+        <v>3505</v>
       </c>
       <c r="B2133">
-        <v>96132</v>
+        <v>97337</v>
       </c>
       <c r="C2133" t="s">
-        <v>3499</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" t="s">
-        <v>3500</v>
+        <v>3506</v>
       </c>
       <c r="B2134">
-        <v>96215</v>
+        <v>97340</v>
       </c>
       <c r="C2134" t="s">
-        <v>3501</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" t="s">
-        <v>3502</v>
+        <v>3508</v>
       </c>
       <c r="B2135">
-        <v>96231</v>
+        <v>97359</v>
       </c>
       <c r="C2135" t="s">
-        <v>3503</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" t="s">
-        <v>3504</v>
+        <v>3510</v>
       </c>
       <c r="B2136">
-        <v>96264</v>
+        <v>97424</v>
       </c>
       <c r="C2136" t="s">
-        <v>3505</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" t="s">
-        <v>3506</v>
+        <v>3512</v>
       </c>
       <c r="B2137">
-        <v>96268</v>
+        <v>97424</v>
       </c>
       <c r="C2137" t="s">
-        <v>3507</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" t="s">
-        <v>3508</v>
+        <v>3513</v>
       </c>
       <c r="B2138">
-        <v>96271</v>
+        <v>97483</v>
       </c>
       <c r="C2138" t="s">
-        <v>3509</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" t="s">
-        <v>3510</v>
+        <v>3515</v>
       </c>
       <c r="B2139">
-        <v>96328</v>
+        <v>97488</v>
       </c>
       <c r="C2139" t="s">
-        <v>3511</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" t="s">
-        <v>3512</v>
+        <v>3517</v>
       </c>
       <c r="B2140">
-        <v>96328</v>
+        <v>97502</v>
       </c>
       <c r="C2140" t="s">
-        <v>3511</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" t="s">
-        <v>3513</v>
+        <v>3519</v>
       </c>
       <c r="B2141">
-        <v>96450</v>
+        <v>97525</v>
       </c>
       <c r="C2141" t="s">
-        <v>3514</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" t="s">
-        <v>3515</v>
+        <v>3521</v>
       </c>
       <c r="B2142">
-        <v>96450</v>
+        <v>97631</v>
       </c>
       <c r="C2142" t="s">
-        <v>3514</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" t="s">
-        <v>3516</v>
+        <v>3523</v>
       </c>
       <c r="B2143">
-        <v>96515</v>
+        <v>97633</v>
       </c>
       <c r="C2143" t="s">
-        <v>3517</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" t="s">
-        <v>3518</v>
+        <v>3525</v>
       </c>
       <c r="B2144">
-        <v>97080</v>
+        <v>97638</v>
       </c>
       <c r="C2144" t="s">
-        <v>3519</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" t="s">
-        <v>3520</v>
+        <v>3527</v>
       </c>
       <c r="B2145">
-        <v>97082</v>
+        <v>97638</v>
       </c>
       <c r="C2145" t="s">
-        <v>3521</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" t="s">
-        <v>1486</v>
+        <v>3528</v>
       </c>
       <c r="B2146">
-        <v>97084</v>
+        <v>97702</v>
       </c>
       <c r="C2146" t="s">
-        <v>3521</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" t="s">
-        <v>3522</v>
+        <v>3530</v>
       </c>
       <c r="B2147">
-        <v>97084</v>
+        <v>97705</v>
       </c>
       <c r="C2147" t="s">
-        <v>3521</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" t="s">
-        <v>3523</v>
+        <v>3532</v>
       </c>
       <c r="B2148">
-        <v>97084</v>
+        <v>97717</v>
       </c>
       <c r="C2148" t="s">
-        <v>3521</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" t="s">
-        <v>3524</v>
+        <v>3534</v>
       </c>
       <c r="B2149">
-        <v>97215</v>
+        <v>97753</v>
       </c>
       <c r="C2149" t="s">
-        <v>3525</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" t="s">
-        <v>3526</v>
+        <v>3536</v>
       </c>
       <c r="B2150">
-        <v>97241</v>
+        <v>97762</v>
       </c>
       <c r="C2150" t="s">
-        <v>3527</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" t="s">
-        <v>636</v>
+        <v>3538</v>
       </c>
       <c r="B2151">
-        <v>97262</v>
+        <v>97877</v>
       </c>
       <c r="C2151" t="s">
-        <v>3528</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" t="s">
-        <v>3529</v>
+        <v>3540</v>
       </c>
       <c r="B2152">
-        <v>97332</v>
+        <v>98528</v>
       </c>
       <c r="C2152" t="s">
-        <v>3530</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" t="s">
-        <v>3531</v>
+        <v>3542</v>
       </c>
       <c r="B2153">
-        <v>97337</v>
+        <v>98574</v>
       </c>
       <c r="C2153" t="s">
-        <v>3532</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" t="s">
-        <v>3533</v>
+        <v>3544</v>
       </c>
       <c r="B2154">
-        <v>97337</v>
+        <v>99085</v>
       </c>
       <c r="C2154" t="s">
-        <v>3532</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" t="s">
-        <v>3534</v>
+        <v>3546</v>
       </c>
       <c r="B2155">
-        <v>97340</v>
+        <v>99091</v>
       </c>
       <c r="C2155" t="s">
-        <v>3535</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" t="s">
-        <v>3536</v>
+        <v>3547</v>
       </c>
       <c r="B2156">
-        <v>97359</v>
+        <v>99094</v>
       </c>
       <c r="C2156" t="s">
-        <v>3537</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" t="s">
-        <v>3538</v>
+        <v>3548</v>
       </c>
       <c r="B2157">
-        <v>97424</v>
+        <v>99097</v>
       </c>
       <c r="C2157" t="s">
-        <v>3539</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" t="s">
-        <v>3540</v>
+        <v>3549</v>
       </c>
       <c r="B2158">
-        <v>97424</v>
+        <v>99099</v>
       </c>
       <c r="C2158" t="s">
-        <v>3539</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" t="s">
-        <v>3541</v>
+        <v>3550</v>
       </c>
       <c r="B2159">
-        <v>97483</v>
+        <v>99310</v>
       </c>
       <c r="C2159" t="s">
-        <v>3542</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" t="s">
-        <v>3543</v>
+        <v>3552</v>
       </c>
       <c r="B2160">
-        <v>97488</v>
+        <v>99334</v>
       </c>
       <c r="C2160" t="s">
-        <v>3544</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="B2161">
-        <v>97502</v>
+        <v>99425</v>
       </c>
       <c r="C2161" t="s">
-        <v>3546</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" t="s">
-        <v>3547</v>
+        <v>3556</v>
       </c>
       <c r="B2162">
-        <v>97525</v>
+        <v>99438</v>
       </c>
       <c r="C2162" t="s">
-        <v>3548</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" t="s">
-        <v>3549</v>
+        <v>3558</v>
       </c>
       <c r="B2163">
-        <v>97631</v>
+        <v>99441</v>
       </c>
       <c r="C2163" t="s">
-        <v>3550</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" t="s">
-        <v>3551</v>
+        <v>3560</v>
       </c>
       <c r="B2164">
-        <v>97633</v>
+        <v>99510</v>
       </c>
       <c r="C2164" t="s">
-        <v>3552</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" t="s">
-        <v>3553</v>
+        <v>3562</v>
       </c>
       <c r="B2165">
-        <v>97638</v>
+        <v>99610</v>
       </c>
       <c r="C2165" t="s">
-        <v>3554</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" t="s">
-        <v>3555</v>
+        <v>3564</v>
       </c>
       <c r="B2166">
-        <v>97638</v>
+        <v>99718</v>
       </c>
       <c r="C2166" t="s">
-        <v>3554</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" t="s">
-        <v>3556</v>
+        <v>3566</v>
       </c>
       <c r="B2167">
-        <v>97702</v>
+        <v>99734</v>
       </c>
       <c r="C2167" t="s">
-        <v>3557</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" t="s">
-        <v>3558</v>
+        <v>3568</v>
       </c>
       <c r="B2168">
-        <v>97705</v>
+        <v>99734</v>
       </c>
       <c r="C2168" t="s">
-        <v>3559</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" t="s">
-        <v>3560</v>
+        <v>3569</v>
       </c>
       <c r="B2169">
-        <v>97717</v>
+        <v>99817</v>
       </c>
       <c r="C2169" t="s">
-        <v>3561</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" t="s">
-        <v>3562</v>
+        <v>3571</v>
       </c>
       <c r="B2170">
-        <v>97753</v>
+        <v>99817</v>
       </c>
       <c r="C2170" t="s">
-        <v>3563</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" t="s">
-        <v>3564</v>
+        <v>3572</v>
       </c>
       <c r="B2171">
-        <v>97762</v>
+        <v>99817</v>
       </c>
       <c r="C2171" t="s">
-        <v>3565</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" t="s">
-        <v>3566</v>
+        <v>3573</v>
       </c>
       <c r="B2172">
-        <v>97877</v>
+        <v>99831</v>
       </c>
       <c r="C2172" t="s">
-        <v>3567</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" t="s">
-        <v>3568</v>
+        <v>3575</v>
       </c>
       <c r="B2173">
-        <v>98528</v>
+        <v>99867</v>
       </c>
       <c r="C2173" t="s">
-        <v>3569</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" t="s">
-        <v>3570</v>
+        <v>3577</v>
       </c>
       <c r="B2174">
-        <v>98574</v>
+        <v>99867</v>
       </c>
       <c r="C2174" t="s">
-        <v>3571</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" t="s">
-        <v>3572</v>
+        <v>3578</v>
       </c>
       <c r="B2175">
-        <v>99085</v>
+        <v>99885</v>
       </c>
       <c r="C2175" t="s">
-        <v>3573</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" t="s">
-        <v>3574</v>
+        <v>3580</v>
       </c>
       <c r="B2176">
-        <v>99091</v>
+        <v>99885</v>
       </c>
       <c r="C2176" t="s">
-        <v>3573</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" t="s">
-        <v>3575</v>
+        <v>3581</v>
       </c>
       <c r="B2177">
-        <v>99094</v>
+        <v>99947</v>
       </c>
       <c r="C2177" t="s">
-        <v>3573</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" t="s">
-        <v>3576</v>
+        <v>3583</v>
       </c>
       <c r="B2178">
-        <v>99097</v>
+        <v>99974</v>
       </c>
       <c r="C2178" t="s">
-        <v>3573</v>
-[...230 lines deleted...]
-        <v>2684</v>
+        <v>2662</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">